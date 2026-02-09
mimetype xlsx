--- v0 (2026-02-07)
+++ v1 (2026-02-09)
@@ -875,51 +875,51 @@
         <v>22.14</v>
       </c>
       <c r="D20" s="9">
         <v>0.0</v>
       </c>
       <c r="E20" s="9">
         <v>0.0</v>
       </c>
       <c r="F20" s="9">
         <v>0.0</v>
       </c>
       <c r="G20" s="9">
         <v>0.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="28.8">
       <c r="A21" s="12" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" s="13" t="s">
         <v>19</v>
       </c>
       <c r="B22" s="9">
-        <v>18.4</v>
+        <v>18.5</v>
       </c>
       <c r="C22" s="9">
         <v>17.94</v>
       </c>
       <c r="D22" s="9">
         <v>0.0</v>
       </c>
       <c r="E22" s="9">
         <v>0.0</v>
       </c>
       <c r="F22" s="9">
         <v>0.0</v>
       </c>
       <c r="G22" s="9">
         <v>0.0</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" s="14" t="s">
         <v>20</v>
       </c>
       <c r="B23" s="14"/>
       <c r="C23" s="14"/>
       <c r="D23" s="14"/>
       <c r="E23" s="14"/>