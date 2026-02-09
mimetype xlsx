--- v0 (2026-02-07)
+++ v1 (2026-02-09)
@@ -1287,51 +1287,51 @@
       </c>
       <c r="L21" s="13">
         <v>7.78</v>
       </c>
       <c r="M21" s="13">
         <v>8.24</v>
       </c>
       <c r="N21" s="13">
         <v>8.55</v>
       </c>
       <c r="O21" s="13">
         <v>8.36</v>
       </c>
       <c r="P21" s="13">
         <v>8.02</v>
       </c>
       <c r="Q21" s="13">
         <v>7.63</v>
       </c>
     </row>
     <row r="22" spans="1:17">
       <c r="A22" s="12" t="s">
         <v>18</v>
       </c>
       <c r="B22" s="13">
-        <v>0.0</v>
+        <v>1.44</v>
       </c>
       <c r="C22" s="13">
         <v>1.4</v>
       </c>
       <c r="D22" s="13">
         <v>1.35</v>
       </c>
       <c r="E22" s="13">
         <v>1.36</v>
       </c>
       <c r="F22" s="13">
         <v>1.38</v>
       </c>
       <c r="G22" s="13">
         <v>1.33</v>
       </c>
       <c r="H22" s="13">
         <v>1.44</v>
       </c>
       <c r="I22" s="13">
         <v>1.61</v>
       </c>
       <c r="J22" s="13">
         <v>1.75</v>
       </c>