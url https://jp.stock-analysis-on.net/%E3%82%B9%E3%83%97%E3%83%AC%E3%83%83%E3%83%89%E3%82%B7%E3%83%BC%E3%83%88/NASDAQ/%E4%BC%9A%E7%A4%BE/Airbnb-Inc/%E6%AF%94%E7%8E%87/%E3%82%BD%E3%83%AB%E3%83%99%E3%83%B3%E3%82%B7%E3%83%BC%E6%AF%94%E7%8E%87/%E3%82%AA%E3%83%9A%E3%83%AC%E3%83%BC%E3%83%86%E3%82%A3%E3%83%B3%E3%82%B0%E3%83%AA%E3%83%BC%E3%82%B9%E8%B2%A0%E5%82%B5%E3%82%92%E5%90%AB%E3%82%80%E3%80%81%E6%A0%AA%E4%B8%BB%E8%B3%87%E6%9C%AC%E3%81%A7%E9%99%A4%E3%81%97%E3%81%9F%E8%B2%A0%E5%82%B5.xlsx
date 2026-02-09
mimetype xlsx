--- v0 (2026-02-07)
+++ v1 (2026-02-09)
@@ -810,51 +810,51 @@
       </c>
       <c r="E18" s="14">
         <v>1.85</v>
       </c>
       <c r="F18" s="14">
         <v>2.56</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="A19" s="13" t="s">
         <v>14</v>
       </c>
       <c r="B19" s="14">
         <v>1.24</v>
       </c>
       <c r="C19" s="14">
         <v>1.32</v>
       </c>
       <c r="D19" s="14">
         <v>1.58</v>
       </c>
       <c r="E19" s="14">
         <v>1.53</v>
       </c>
       <c r="F19" s="14">
-        <v>1.56</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20" s="13" t="s">
         <v>15</v>
       </c>
       <c r="B20" s="14">
         <v>0.07</v>
       </c>
       <c r="C20" s="14">
         <v>0.08</v>
       </c>
       <c r="D20" s="14">
         <v>0.08</v>
       </c>
       <c r="E20" s="14">
         <v>0.09</v>
       </c>
       <c r="F20" s="14">
         <v>0.13</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21" s="13" t="s">
         <v>16</v>