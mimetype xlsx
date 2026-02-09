--- v0 (2026-02-09)
+++ v1 (2026-02-09)
@@ -18,51 +18,54 @@
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="収益率" sheetId="1" r:id="rId4"/>
     <sheet name="分散と共分散" sheetId="2" r:id="rId5"/>
     <sheet name="システマティックなリスク推定" sheetId="3" r:id="rId6"/>
     <sheet name="期待収益率" sheetId="4" r:id="rId7"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="35">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="36">
+  <si>
+    <t>有料ユーザーエリア。データは利用できません!</t>
+  </si>
   <si>
     <t>Amgen Inc.</t>
   </si>
   <si>
     <t>月間収益率</t>
   </si>
   <si>
     <t>Amgen Inc. (AMGN)</t>
   </si>
   <si>
     <t>Standard &amp; Poor’s 500 (S&amp;P 500)</t>
   </si>
   <si>
     <t>t</t>
   </si>
   <si>
     <t>日付</t>
   </si>
   <si>
     <t>価格(AMGN, t)</t>
   </si>
   <si>
     <t>配当(AMGN, t)</t>
   </si>
   <si>
@@ -136,58 +139,67 @@
   </si>
   <si>
     <t>E[R(M)]</t>
   </si>
   <si>
     <t>普通株式 Amgen Inc. システマティックリスク</t>
   </si>
   <si>
     <t>アムジェン社普通株式の期待収益率</t>
   </si>
   <si>
     <t>E[R(AMGN)]</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="5">
     <numFmt numFmtId="164" formatCode="[$-411]yyyy/mm/dd"/>
     <numFmt numFmtId="165" formatCode="[$$-409]#,##0.00"/>
     <numFmt numFmtId="166" formatCode="#,##0.00;-#,##0.00;&quot;—&quot;"/>
     <numFmt numFmtId="167" formatCode="#,##0_);(#,##0);&quot;—&quot;"/>
     <numFmt numFmtId="168" formatCode="#,##0.00%;-#,##0.00%;&quot;—&quot;"/>
   </numFmts>
-  <fonts count="6">
+  <fonts count="7">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF252525"/>
+      <name val="Calibri"/>
+    </font>
+    <font>
+      <b val="0"/>
+      <i val="0"/>
+      <strike val="0"/>
+      <u val="none"/>
+      <sz val="11"/>
+      <color rgb="FFFF0000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="22"/>
       <color rgb="FF7E261B"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="17"/>
       <color rgb="FF757575"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -241,89 +253,90 @@
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color rgb="FFE2E2E2"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color rgb="FF252525"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="17">
+  <cellXfs count="18">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="2" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
-    <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+    <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
+    <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
-    <xf xfId="0" fontId="3" numFmtId="49" fillId="0" borderId="1" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
+    <xf xfId="0" fontId="4" numFmtId="49" fillId="0" borderId="1" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="165" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="166" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="167" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="168" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
-    <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
+    <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false" indent="1"/>
     </xf>
-    <xf xfId="0" fontId="3" numFmtId="168" fillId="0" borderId="2" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
+    <xf xfId="0" fontId="4" numFmtId="168" fillId="0" borderId="2" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
-    <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="3" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0"/>
-    <xf xfId="0" fontId="3" numFmtId="166" fillId="0" borderId="2" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
+    <xf xfId="0" fontId="5" numFmtId="0" fillId="0" borderId="3" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0"/>
+    <xf xfId="0" fontId="4" numFmtId="166" fillId="0" borderId="2" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false" indent="1"/>
     </xf>
-    <xf xfId="0" fontId="5" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
+    <xf xfId="0" fontId="6" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false" indent="1"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false" indent="2"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
@@ -604,3010 +617,3030 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G68"/>
+  <dimension ref="A1:G70"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
-      <selection activeCell="G68" sqref="G68"/>
+      <selection activeCell="G70" sqref="G70"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="4.055" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="2" spans="1:7">
-      <c r="A2" s="2" t="s">
+    <row r="3" spans="1:7">
+      <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:7">
-      <c r="A4" s="3"/>
-      <c r="C4" s="4" t="s">
+      <c r="A4" s="3" t="s">
         <v>2</v>
       </c>
-      <c r="F4" s="4" t="s">
+    </row>
+    <row r="6" spans="1:7">
+      <c r="A6" s="4"/>
+      <c r="C6" s="5" t="s">
         <v>3</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A5" s="4" t="s">
+      <c r="F6" s="5" t="s">
         <v>4</v>
       </c>
-      <c r="B5" s="4" t="s">
+    </row>
+    <row r="7" spans="1:7">
+      <c r="A7" s="5" t="s">
         <v>5</v>
       </c>
-      <c r="C5" s="4" t="s">
+      <c r="B7" s="5" t="s">
         <v>6</v>
       </c>
-      <c r="D5" s="4" t="s">
+      <c r="C7" s="5" t="s">
         <v>7</v>
       </c>
-      <c r="E5" s="4" t="s">
+      <c r="D7" s="5" t="s">
         <v>8</v>
       </c>
-      <c r="F5" s="4" t="s">
+      <c r="E7" s="5" t="s">
         <v>9</v>
       </c>
-      <c r="G5" s="4" t="s">
+      <c r="F7" s="5" t="s">
         <v>10</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B6" s="5">
+      <c r="G7" s="5" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="8" spans="1:7">
+      <c r="B8" s="6">
         <v>43861</v>
       </c>
-      <c r="C6" s="6">
-[...7 lines deleted...]
-      <c r="A7" s="8">
+      <c r="C8" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F8" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="9" spans="1:7">
+      <c r="A9" s="9">
         <v>1.0</v>
       </c>
-      <c r="B7" s="5">
+      <c r="B9" s="6">
         <v>43890</v>
       </c>
-      <c r="C7" s="6">
-[...16 lines deleted...]
-      <c r="A8" s="8">
+      <c r="C9" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D9" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E9" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F9" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="G9" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="10" spans="1:7">
+      <c r="A10" s="9">
         <v>2.0</v>
       </c>
-      <c r="B8" s="5">
+      <c r="B10" s="6">
         <v>43921</v>
       </c>
-      <c r="C8" s="6">
-[...13 lines deleted...]
-      <c r="A9" s="8">
+      <c r="C10" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E10" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F10" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="G10" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="11" spans="1:7">
+      <c r="A11" s="9">
         <v>3.0</v>
       </c>
-      <c r="B9" s="5">
+      <c r="B11" s="6">
         <v>43951</v>
       </c>
-      <c r="C9" s="6">
-[...13 lines deleted...]
-      <c r="A10" s="8">
+      <c r="C11" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E11" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F11" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="G11" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="12" spans="1:7">
+      <c r="A12" s="9">
         <v>4.0</v>
       </c>
-      <c r="B10" s="5">
+      <c r="B12" s="6">
         <v>43982</v>
       </c>
-      <c r="C10" s="6">
-[...16 lines deleted...]
-      <c r="A11" s="8">
+      <c r="C12" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D12" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E12" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F12" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="G12" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="13" spans="1:7">
+      <c r="A13" s="9">
         <v>5.0</v>
       </c>
-      <c r="B11" s="5">
+      <c r="B13" s="6">
         <v>44012</v>
       </c>
-      <c r="C11" s="6">
-[...13 lines deleted...]
-      <c r="A12" s="8">
+      <c r="C13" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E13" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F13" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="G13" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="14" spans="1:7">
+      <c r="A14" s="9">
         <v>6.0</v>
       </c>
-      <c r="B12" s="5">
+      <c r="B14" s="6">
         <v>44043</v>
       </c>
-      <c r="C12" s="6">
-[...13 lines deleted...]
-      <c r="A13" s="8">
+      <c r="C14" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E14" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F14" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="G14" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="15" spans="1:7">
+      <c r="A15" s="9">
         <v>7.0</v>
       </c>
-      <c r="B13" s="5">
+      <c r="B15" s="6">
         <v>44074</v>
       </c>
-      <c r="C13" s="6">
-[...16 lines deleted...]
-      <c r="A14" s="8">
+      <c r="C15" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D15" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E15" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F15" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="G15" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="16" spans="1:7">
+      <c r="A16" s="9">
         <v>8.0</v>
       </c>
-      <c r="B14" s="5">
+      <c r="B16" s="6">
         <v>44104</v>
       </c>
-      <c r="C14" s="6">
-[...13 lines deleted...]
-      <c r="A15" s="8">
+      <c r="C16" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E16" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F16" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="G16" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="17" spans="1:7">
+      <c r="A17" s="9">
         <v>9.0</v>
       </c>
-      <c r="B15" s="5">
+      <c r="B17" s="6">
         <v>44135</v>
       </c>
-      <c r="C15" s="6">
-[...13 lines deleted...]
-      <c r="A16" s="8">
+      <c r="C17" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E17" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F17" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="G17" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="18" spans="1:7">
+      <c r="A18" s="9">
         <v>10.0</v>
       </c>
-      <c r="B16" s="5">
+      <c r="B18" s="6">
         <v>44165</v>
       </c>
-      <c r="C16" s="6">
-[...16 lines deleted...]
-      <c r="A17" s="8">
+      <c r="C18" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D18" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E18" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F18" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="G18" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="19" spans="1:7">
+      <c r="A19" s="9">
         <v>11.0</v>
       </c>
-      <c r="B17" s="5">
+      <c r="B19" s="6">
         <v>44196</v>
       </c>
-      <c r="C17" s="6">
-[...13 lines deleted...]
-      <c r="A18" s="8">
+      <c r="C19" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E19" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F19" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="G19" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="20" spans="1:7">
+      <c r="A20" s="9">
         <v>12.0</v>
       </c>
-      <c r="B18" s="5">
+      <c r="B20" s="6">
         <v>44227</v>
       </c>
-      <c r="C18" s="6">
-[...13 lines deleted...]
-      <c r="A19" s="8">
+      <c r="C20" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E20" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F20" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="G20" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="21" spans="1:7">
+      <c r="A21" s="9">
         <v>13.0</v>
       </c>
-      <c r="B19" s="5">
+      <c r="B21" s="6">
         <v>44255</v>
       </c>
-      <c r="C19" s="6">
-[...16 lines deleted...]
-      <c r="A20" s="8">
+      <c r="C21" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D21" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E21" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F21" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="G21" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="22" spans="1:7">
+      <c r="A22" s="9">
         <v>14.0</v>
       </c>
-      <c r="B20" s="5">
+      <c r="B22" s="6">
         <v>44286</v>
       </c>
-      <c r="C20" s="6">
-[...13 lines deleted...]
-      <c r="A21" s="8">
+      <c r="C22" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E22" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F22" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="G22" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="23" spans="1:7">
+      <c r="A23" s="9">
         <v>15.0</v>
       </c>
-      <c r="B21" s="5">
+      <c r="B23" s="6">
         <v>44316</v>
       </c>
-      <c r="C21" s="6">
-[...13 lines deleted...]
-      <c r="A22" s="8">
+      <c r="C23" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E23" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F23" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="G23" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="24" spans="1:7">
+      <c r="A24" s="9">
         <v>16.0</v>
       </c>
-      <c r="B22" s="5">
+      <c r="B24" s="6">
         <v>44347</v>
       </c>
-      <c r="C22" s="6">
-[...16 lines deleted...]
-      <c r="A23" s="8">
+      <c r="C24" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D24" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E24" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F24" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="G24" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="25" spans="1:7">
+      <c r="A25" s="9">
         <v>17.0</v>
       </c>
-      <c r="B23" s="5">
+      <c r="B25" s="6">
         <v>44377</v>
       </c>
-      <c r="C23" s="6">
-[...13 lines deleted...]
-      <c r="A24" s="8">
+      <c r="C25" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E25" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F25" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="G25" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="26" spans="1:7">
+      <c r="A26" s="9">
         <v>18.0</v>
       </c>
-      <c r="B24" s="5">
+      <c r="B26" s="6">
         <v>44408</v>
       </c>
-      <c r="C24" s="6">
-[...13 lines deleted...]
-      <c r="A25" s="8">
+      <c r="C26" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E26" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F26" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="G26" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="27" spans="1:7">
+      <c r="A27" s="9">
         <v>19.0</v>
       </c>
-      <c r="B25" s="5">
+      <c r="B27" s="6">
         <v>44439</v>
       </c>
-      <c r="C25" s="6">
-[...16 lines deleted...]
-      <c r="A26" s="8">
+      <c r="C27" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D27" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E27" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F27" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="G27" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="28" spans="1:7">
+      <c r="A28" s="9">
         <v>20.0</v>
       </c>
-      <c r="B26" s="5">
+      <c r="B28" s="6">
         <v>44469</v>
       </c>
-      <c r="C26" s="6">
-[...13 lines deleted...]
-      <c r="A27" s="8">
+      <c r="C28" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E28" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F28" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="G28" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="29" spans="1:7">
+      <c r="A29" s="9">
         <v>21.0</v>
       </c>
-      <c r="B27" s="5">
+      <c r="B29" s="6">
         <v>44500</v>
       </c>
-      <c r="C27" s="6">
-[...13 lines deleted...]
-      <c r="A28" s="8">
+      <c r="C29" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E29" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F29" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="G29" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="30" spans="1:7">
+      <c r="A30" s="9">
         <v>22.0</v>
       </c>
-      <c r="B28" s="5">
+      <c r="B30" s="6">
         <v>44530</v>
       </c>
-      <c r="C28" s="6">
-[...16 lines deleted...]
-      <c r="A29" s="8">
+      <c r="C30" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D30" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E30" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F30" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="G30" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="31" spans="1:7">
+      <c r="A31" s="9">
         <v>23.0</v>
       </c>
-      <c r="B29" s="5">
+      <c r="B31" s="6">
         <v>44561</v>
       </c>
-      <c r="C29" s="6">
-[...13 lines deleted...]
-      <c r="A30" s="8">
+      <c r="C31" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E31" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F31" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="G31" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="32" spans="1:7">
+      <c r="A32" s="9">
         <v>24.0</v>
       </c>
-      <c r="B30" s="5">
+      <c r="B32" s="6">
         <v>44592</v>
       </c>
-      <c r="C30" s="6">
-[...13 lines deleted...]
-      <c r="A31" s="8">
+      <c r="C32" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E32" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F32" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="G32" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="33" spans="1:7">
+      <c r="A33" s="9">
         <v>25.0</v>
       </c>
-      <c r="B31" s="5">
+      <c r="B33" s="6">
         <v>44620</v>
       </c>
-      <c r="C31" s="6">
-[...16 lines deleted...]
-      <c r="A32" s="8">
+      <c r="C33" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D33" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E33" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F33" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="G33" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="34" spans="1:7">
+      <c r="A34" s="9">
         <v>26.0</v>
       </c>
-      <c r="B32" s="5">
+      <c r="B34" s="6">
         <v>44651</v>
       </c>
-      <c r="C32" s="6">
-[...13 lines deleted...]
-      <c r="A33" s="8">
+      <c r="C34" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E34" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F34" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="G34" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="35" spans="1:7">
+      <c r="A35" s="9">
         <v>27.0</v>
       </c>
-      <c r="B33" s="5">
+      <c r="B35" s="6">
         <v>44681</v>
       </c>
-      <c r="C33" s="6">
-[...13 lines deleted...]
-      <c r="A34" s="8">
+      <c r="C35" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E35" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F35" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="G35" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="36" spans="1:7">
+      <c r="A36" s="9">
         <v>28.0</v>
       </c>
-      <c r="B34" s="5">
+      <c r="B36" s="6">
         <v>44712</v>
       </c>
-      <c r="C34" s="6">
-[...16 lines deleted...]
-      <c r="A35" s="8">
+      <c r="C36" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D36" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E36" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F36" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="G36" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="37" spans="1:7">
+      <c r="A37" s="9">
         <v>29.0</v>
       </c>
-      <c r="B35" s="5">
+      <c r="B37" s="6">
         <v>44742</v>
       </c>
-      <c r="C35" s="6">
-[...13 lines deleted...]
-      <c r="A36" s="8">
+      <c r="C37" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E37" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F37" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="G37" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="38" spans="1:7">
+      <c r="A38" s="9">
         <v>30.0</v>
       </c>
-      <c r="B36" s="5">
+      <c r="B38" s="6">
         <v>44773</v>
       </c>
-      <c r="C36" s="6">
-[...13 lines deleted...]
-      <c r="A37" s="8">
+      <c r="C38" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E38" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F38" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="G38" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="39" spans="1:7">
+      <c r="A39" s="9">
         <v>31.0</v>
       </c>
-      <c r="B37" s="5">
+      <c r="B39" s="6">
         <v>44804</v>
       </c>
-      <c r="C37" s="6">
-[...16 lines deleted...]
-      <c r="A38" s="8">
+      <c r="C39" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D39" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E39" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F39" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="G39" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="40" spans="1:7">
+      <c r="A40" s="9">
         <v>32.0</v>
       </c>
-      <c r="B38" s="5">
+      <c r="B40" s="6">
         <v>44834</v>
       </c>
-      <c r="C38" s="6">
-[...13 lines deleted...]
-      <c r="A39" s="8">
+      <c r="C40" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E40" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F40" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="G40" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="41" spans="1:7">
+      <c r="A41" s="9">
         <v>33.0</v>
       </c>
-      <c r="B39" s="5">
+      <c r="B41" s="6">
         <v>44865</v>
       </c>
-      <c r="C39" s="6">
-[...13 lines deleted...]
-      <c r="A40" s="8">
+      <c r="C41" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E41" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F41" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="G41" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="42" spans="1:7">
+      <c r="A42" s="9">
         <v>34.0</v>
       </c>
-      <c r="B40" s="5">
+      <c r="B42" s="6">
         <v>44895</v>
       </c>
-      <c r="C40" s="6">
-[...16 lines deleted...]
-      <c r="A41" s="8">
+      <c r="C42" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D42" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E42" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F42" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="G42" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="43" spans="1:7">
+      <c r="A43" s="9">
         <v>35.0</v>
       </c>
-      <c r="B41" s="5">
+      <c r="B43" s="6">
         <v>44926</v>
       </c>
-      <c r="C41" s="6">
-[...13 lines deleted...]
-      <c r="A42" s="8">
+      <c r="C43" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E43" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F43" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="G43" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="44" spans="1:7">
+      <c r="A44" s="9">
         <v>36.0</v>
       </c>
-      <c r="B42" s="5">
+      <c r="B44" s="6">
         <v>44957</v>
       </c>
-      <c r="C42" s="6">
-[...13 lines deleted...]
-      <c r="A43" s="8">
+      <c r="C44" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E44" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F44" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="G44" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="45" spans="1:7">
+      <c r="A45" s="9">
         <v>37.0</v>
       </c>
-      <c r="B43" s="5">
+      <c r="B45" s="6">
         <v>44985</v>
       </c>
-      <c r="C43" s="6">
-[...16 lines deleted...]
-      <c r="A44" s="8">
+      <c r="C45" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D45" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E45" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F45" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="G45" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="46" spans="1:7">
+      <c r="A46" s="9">
         <v>38.0</v>
       </c>
-      <c r="B44" s="5">
+      <c r="B46" s="6">
         <v>45016</v>
       </c>
-      <c r="C44" s="6">
-[...13 lines deleted...]
-      <c r="A45" s="8">
+      <c r="C46" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E46" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F46" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="G46" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="47" spans="1:7">
+      <c r="A47" s="9">
         <v>39.0</v>
       </c>
-      <c r="B45" s="5">
+      <c r="B47" s="6">
         <v>45046</v>
       </c>
-      <c r="C45" s="6">
-[...13 lines deleted...]
-      <c r="A46" s="8">
+      <c r="C47" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E47" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F47" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="G47" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="48" spans="1:7">
+      <c r="A48" s="9">
         <v>40.0</v>
       </c>
-      <c r="B46" s="5">
+      <c r="B48" s="6">
         <v>45077</v>
       </c>
-      <c r="C46" s="6">
-[...16 lines deleted...]
-      <c r="A47" s="8">
+      <c r="C48" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D48" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E48" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F48" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="G48" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="49" spans="1:7">
+      <c r="A49" s="9">
         <v>41.0</v>
       </c>
-      <c r="B47" s="5">
+      <c r="B49" s="6">
         <v>45107</v>
       </c>
-      <c r="C47" s="6">
-[...13 lines deleted...]
-      <c r="A48" s="8">
+      <c r="C49" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E49" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F49" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="G49" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="50" spans="1:7">
+      <c r="A50" s="9">
         <v>42.0</v>
       </c>
-      <c r="B48" s="5">
+      <c r="B50" s="6">
         <v>45138</v>
       </c>
-      <c r="C48" s="6">
-[...13 lines deleted...]
-      <c r="A49" s="8">
+      <c r="C50" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E50" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F50" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="G50" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="51" spans="1:7">
+      <c r="A51" s="9">
         <v>43.0</v>
       </c>
-      <c r="B49" s="5">
+      <c r="B51" s="6">
         <v>45169</v>
       </c>
-      <c r="C49" s="6">
-[...16 lines deleted...]
-      <c r="A50" s="8">
+      <c r="C51" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D51" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E51" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F51" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="G51" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="52" spans="1:7">
+      <c r="A52" s="9">
         <v>44.0</v>
       </c>
-      <c r="B50" s="5">
+      <c r="B52" s="6">
         <v>45199</v>
       </c>
-      <c r="C50" s="6">
-[...13 lines deleted...]
-      <c r="A51" s="8">
+      <c r="C52" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E52" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F52" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="G52" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="53" spans="1:7">
+      <c r="A53" s="9">
         <v>45.0</v>
       </c>
-      <c r="B51" s="5">
+      <c r="B53" s="6">
         <v>45230</v>
       </c>
-      <c r="C51" s="6">
-[...13 lines deleted...]
-      <c r="A52" s="8">
+      <c r="C53" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E53" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F53" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="G53" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="54" spans="1:7">
+      <c r="A54" s="9">
         <v>46.0</v>
       </c>
-      <c r="B52" s="5">
+      <c r="B54" s="6">
         <v>45260</v>
       </c>
-      <c r="C52" s="6">
-[...16 lines deleted...]
-      <c r="A53" s="8">
+      <c r="C54" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D54" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E54" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F54" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="G54" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="55" spans="1:7">
+      <c r="A55" s="9">
         <v>47.0</v>
       </c>
-      <c r="B53" s="5">
+      <c r="B55" s="6">
         <v>45291</v>
       </c>
-      <c r="C53" s="6">
-[...13 lines deleted...]
-      <c r="A54" s="8">
+      <c r="C55" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E55" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F55" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="G55" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="56" spans="1:7">
+      <c r="A56" s="9">
         <v>48.0</v>
       </c>
-      <c r="B54" s="5">
+      <c r="B56" s="6">
         <v>45322</v>
       </c>
-      <c r="C54" s="6">
-[...13 lines deleted...]
-      <c r="A55" s="8">
+      <c r="C56" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E56" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F56" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="G56" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="57" spans="1:7">
+      <c r="A57" s="9">
         <v>49.0</v>
       </c>
-      <c r="B55" s="5">
+      <c r="B57" s="6">
         <v>45351</v>
       </c>
-      <c r="C55" s="6">
-[...16 lines deleted...]
-      <c r="A56" s="8">
+      <c r="C57" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D57" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E57" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F57" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="G57" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="58" spans="1:7">
+      <c r="A58" s="9">
         <v>50.0</v>
       </c>
-      <c r="B56" s="5">
+      <c r="B58" s="6">
         <v>45382</v>
       </c>
-      <c r="C56" s="6">
-[...13 lines deleted...]
-      <c r="A57" s="8">
+      <c r="C58" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E58" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F58" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="G58" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="59" spans="1:7">
+      <c r="A59" s="9">
         <v>51.0</v>
       </c>
-      <c r="B57" s="5">
+      <c r="B59" s="6">
         <v>45412</v>
       </c>
-      <c r="C57" s="6">
-[...13 lines deleted...]
-      <c r="A58" s="8">
+      <c r="C59" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E59" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F59" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="G59" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="60" spans="1:7">
+      <c r="A60" s="9">
         <v>52.0</v>
       </c>
-      <c r="B58" s="5">
+      <c r="B60" s="6">
         <v>45443</v>
       </c>
-      <c r="C58" s="6">
-[...16 lines deleted...]
-      <c r="A59" s="8">
+      <c r="C60" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D60" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E60" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F60" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="G60" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="61" spans="1:7">
+      <c r="A61" s="9">
         <v>53.0</v>
       </c>
-      <c r="B59" s="5">
+      <c r="B61" s="6">
         <v>45473</v>
       </c>
-      <c r="C59" s="6">
-[...13 lines deleted...]
-      <c r="A60" s="8">
+      <c r="C61" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E61" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F61" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="G61" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="62" spans="1:7">
+      <c r="A62" s="9">
         <v>54.0</v>
       </c>
-      <c r="B60" s="5">
+      <c r="B62" s="6">
         <v>45504</v>
       </c>
-      <c r="C60" s="6">
-[...13 lines deleted...]
-      <c r="A61" s="8">
+      <c r="C62" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E62" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F62" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="G62" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="63" spans="1:7">
+      <c r="A63" s="9">
         <v>55.0</v>
       </c>
-      <c r="B61" s="5">
+      <c r="B63" s="6">
         <v>45535</v>
       </c>
-      <c r="C61" s="6">
-[...16 lines deleted...]
-      <c r="A62" s="8">
+      <c r="C63" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D63" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E63" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F63" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="G63" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="64" spans="1:7">
+      <c r="A64" s="9">
         <v>56.0</v>
       </c>
-      <c r="B62" s="5">
+      <c r="B64" s="6">
         <v>45565</v>
       </c>
-      <c r="C62" s="6">
-[...13 lines deleted...]
-      <c r="A63" s="8">
+      <c r="C64" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E64" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F64" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="G64" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="65" spans="1:7">
+      <c r="A65" s="9">
         <v>57.0</v>
       </c>
-      <c r="B63" s="5">
+      <c r="B65" s="6">
         <v>45596</v>
       </c>
-      <c r="C63" s="6">
-[...13 lines deleted...]
-      <c r="A64" s="8">
+      <c r="C65" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E65" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F65" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="G65" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="66" spans="1:7">
+      <c r="A66" s="9">
         <v>58.0</v>
       </c>
-      <c r="B64" s="5">
+      <c r="B66" s="6">
         <v>45626</v>
       </c>
-      <c r="C64" s="6">
-[...16 lines deleted...]
-      <c r="A65" s="8">
+      <c r="C66" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D66" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E66" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F66" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="G66" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="67" spans="1:7">
+      <c r="A67" s="9">
         <v>59.0</v>
       </c>
-      <c r="B65" s="5">
+      <c r="B67" s="6">
         <v>45657</v>
       </c>
-      <c r="C65" s="6">
-[...24 lines deleted...]
-      <c r="A67" s="10" t="s">
+      <c r="C67" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E67" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F67" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="G67" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="68" spans="1:7">
+      <c r="A68" s="11" t="s">
         <v>12</v>
       </c>
-      <c r="E67" s="11">
-[...7 lines deleted...]
-      <c r="A68" s="12" t="s">
+      <c r="E68" s="12" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="G68" s="12" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="69" spans="1:7">
+      <c r="A69" s="11" t="s">
         <v>13</v>
       </c>
-      <c r="B68" s="12"/>
-[...4 lines deleted...]
-      <c r="G68" s="12"/>
+      <c r="E69" s="12" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="G69" s="12" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="70" spans="1:7">
+      <c r="A70" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="B70" s="13"/>
+      <c r="C70" s="13"/>
+      <c r="D70" s="13"/>
+      <c r="E70" s="13"/>
+      <c r="F70" s="13"/>
+      <c r="G70" s="13"/>
     </row>
   </sheetData>
   <mergeCells>
-    <mergeCell ref="A4:B4"/>
-[...3 lines deleted...]
-    <mergeCell ref="A67:D67"/>
+    <mergeCell ref="A6:B6"/>
+    <mergeCell ref="C6:E6"/>
+    <mergeCell ref="F6:G6"/>
+    <mergeCell ref="A68:D68"/>
+    <mergeCell ref="A69:D69"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G65"/>
+  <dimension ref="A1:G67"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
-      <selection activeCell="G65" sqref="G65"/>
+      <selection activeCell="G67" sqref="G67"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="4.055" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="2" spans="1:7">
-      <c r="A2" s="2" t="s">
+    <row r="3" spans="1:7">
+      <c r="A3" s="2" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="4" spans="1:7">
+      <c r="A4" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="6" spans="1:7">
+      <c r="A6" s="5" t="s">
+        <v>5</v>
+      </c>
+      <c r="B6" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="C6" s="5" t="s">
+        <v>9</v>
+      </c>
+      <c r="D6" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E6" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="F6" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="G6" s="5" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="7" spans="1:7">
+      <c r="A7" s="9">
+        <v>1.0</v>
+      </c>
+      <c r="B7" s="6">
+        <v>43890</v>
+      </c>
+      <c r="C7" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D7" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E7" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F7" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="G7" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="8" spans="1:7">
+      <c r="A8" s="9">
+        <v>2.0</v>
+      </c>
+      <c r="B8" s="6">
+        <v>43921</v>
+      </c>
+      <c r="C8" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D8" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E8" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F8" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="G8" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="9" spans="1:7">
+      <c r="A9" s="9">
+        <v>3.0</v>
+      </c>
+      <c r="B9" s="6">
+        <v>43951</v>
+      </c>
+      <c r="C9" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D9" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E9" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F9" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="G9" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="10" spans="1:7">
+      <c r="A10" s="9">
+        <v>4.0</v>
+      </c>
+      <c r="B10" s="6">
+        <v>43982</v>
+      </c>
+      <c r="C10" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D10" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E10" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F10" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="G10" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="11" spans="1:7">
+      <c r="A11" s="9">
+        <v>5.0</v>
+      </c>
+      <c r="B11" s="6">
+        <v>44012</v>
+      </c>
+      <c r="C11" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D11" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E11" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F11" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="G11" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="12" spans="1:7">
+      <c r="A12" s="9">
+        <v>6.0</v>
+      </c>
+      <c r="B12" s="6">
+        <v>44043</v>
+      </c>
+      <c r="C12" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D12" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E12" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F12" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="G12" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="13" spans="1:7">
+      <c r="A13" s="9">
+        <v>7.0</v>
+      </c>
+      <c r="B13" s="6">
+        <v>44074</v>
+      </c>
+      <c r="C13" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D13" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E13" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F13" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="G13" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="14" spans="1:7">
+      <c r="A14" s="9">
+        <v>8.0</v>
+      </c>
+      <c r="B14" s="6">
+        <v>44104</v>
+      </c>
+      <c r="C14" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D14" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E14" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F14" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="G14" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="15" spans="1:7">
+      <c r="A15" s="9">
+        <v>9.0</v>
+      </c>
+      <c r="B15" s="6">
+        <v>44135</v>
+      </c>
+      <c r="C15" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D15" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E15" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F15" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="G15" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="16" spans="1:7">
+      <c r="A16" s="9">
+        <v>10.0</v>
+      </c>
+      <c r="B16" s="6">
+        <v>44165</v>
+      </c>
+      <c r="C16" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D16" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E16" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F16" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="G16" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="17" spans="1:7">
+      <c r="A17" s="9">
+        <v>11.0</v>
+      </c>
+      <c r="B17" s="6">
+        <v>44196</v>
+      </c>
+      <c r="C17" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D17" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E17" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F17" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="G17" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="18" spans="1:7">
+      <c r="A18" s="9">
+        <v>12.0</v>
+      </c>
+      <c r="B18" s="6">
+        <v>44227</v>
+      </c>
+      <c r="C18" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D18" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E18" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F18" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="G18" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="19" spans="1:7">
+      <c r="A19" s="9">
+        <v>13.0</v>
+      </c>
+      <c r="B19" s="6">
+        <v>44255</v>
+      </c>
+      <c r="C19" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D19" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E19" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F19" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="G19" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="20" spans="1:7">
+      <c r="A20" s="9">
+        <v>14.0</v>
+      </c>
+      <c r="B20" s="6">
+        <v>44286</v>
+      </c>
+      <c r="C20" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D20" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E20" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F20" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="G20" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="21" spans="1:7">
+      <c r="A21" s="9">
+        <v>15.0</v>
+      </c>
+      <c r="B21" s="6">
+        <v>44316</v>
+      </c>
+      <c r="C21" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D21" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E21" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F21" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="G21" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="22" spans="1:7">
+      <c r="A22" s="9">
+        <v>16.0</v>
+      </c>
+      <c r="B22" s="6">
+        <v>44347</v>
+      </c>
+      <c r="C22" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D22" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E22" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F22" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="G22" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="23" spans="1:7">
+      <c r="A23" s="9">
+        <v>17.0</v>
+      </c>
+      <c r="B23" s="6">
+        <v>44377</v>
+      </c>
+      <c r="C23" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D23" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E23" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F23" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="G23" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="24" spans="1:7">
+      <c r="A24" s="9">
+        <v>18.0</v>
+      </c>
+      <c r="B24" s="6">
+        <v>44408</v>
+      </c>
+      <c r="C24" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D24" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E24" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F24" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="G24" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="25" spans="1:7">
+      <c r="A25" s="9">
+        <v>19.0</v>
+      </c>
+      <c r="B25" s="6">
+        <v>44439</v>
+      </c>
+      <c r="C25" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D25" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E25" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F25" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="G25" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="26" spans="1:7">
+      <c r="A26" s="9">
+        <v>20.0</v>
+      </c>
+      <c r="B26" s="6">
+        <v>44469</v>
+      </c>
+      <c r="C26" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D26" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E26" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F26" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="G26" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="27" spans="1:7">
+      <c r="A27" s="9">
+        <v>21.0</v>
+      </c>
+      <c r="B27" s="6">
+        <v>44500</v>
+      </c>
+      <c r="C27" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D27" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E27" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F27" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="G27" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="28" spans="1:7">
+      <c r="A28" s="9">
+        <v>22.0</v>
+      </c>
+      <c r="B28" s="6">
+        <v>44530</v>
+      </c>
+      <c r="C28" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D28" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E28" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F28" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="G28" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="29" spans="1:7">
+      <c r="A29" s="9">
+        <v>23.0</v>
+      </c>
+      <c r="B29" s="6">
+        <v>44561</v>
+      </c>
+      <c r="C29" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D29" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E29" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F29" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="G29" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="30" spans="1:7">
+      <c r="A30" s="9">
+        <v>24.0</v>
+      </c>
+      <c r="B30" s="6">
+        <v>44592</v>
+      </c>
+      <c r="C30" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D30" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E30" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F30" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="G30" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="31" spans="1:7">
+      <c r="A31" s="9">
+        <v>25.0</v>
+      </c>
+      <c r="B31" s="6">
+        <v>44620</v>
+      </c>
+      <c r="C31" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D31" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E31" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F31" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="G31" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="32" spans="1:7">
+      <c r="A32" s="9">
+        <v>26.0</v>
+      </c>
+      <c r="B32" s="6">
+        <v>44651</v>
+      </c>
+      <c r="C32" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D32" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E32" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F32" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="G32" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="33" spans="1:7">
+      <c r="A33" s="9">
+        <v>27.0</v>
+      </c>
+      <c r="B33" s="6">
+        <v>44681</v>
+      </c>
+      <c r="C33" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D33" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E33" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F33" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="G33" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="34" spans="1:7">
+      <c r="A34" s="9">
+        <v>28.0</v>
+      </c>
+      <c r="B34" s="6">
+        <v>44712</v>
+      </c>
+      <c r="C34" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D34" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E34" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F34" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="G34" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="35" spans="1:7">
+      <c r="A35" s="9">
+        <v>29.0</v>
+      </c>
+      <c r="B35" s="6">
+        <v>44742</v>
+      </c>
+      <c r="C35" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D35" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E35" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F35" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="G35" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="36" spans="1:7">
+      <c r="A36" s="9">
+        <v>30.0</v>
+      </c>
+      <c r="B36" s="6">
+        <v>44773</v>
+      </c>
+      <c r="C36" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D36" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E36" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F36" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="G36" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="37" spans="1:7">
+      <c r="A37" s="9">
+        <v>31.0</v>
+      </c>
+      <c r="B37" s="6">
+        <v>44804</v>
+      </c>
+      <c r="C37" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D37" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E37" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F37" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="G37" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="38" spans="1:7">
+      <c r="A38" s="9">
+        <v>32.0</v>
+      </c>
+      <c r="B38" s="6">
+        <v>44834</v>
+      </c>
+      <c r="C38" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D38" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E38" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F38" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="G38" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="39" spans="1:7">
+      <c r="A39" s="9">
+        <v>33.0</v>
+      </c>
+      <c r="B39" s="6">
+        <v>44865</v>
+      </c>
+      <c r="C39" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D39" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E39" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F39" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="G39" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="40" spans="1:7">
+      <c r="A40" s="9">
+        <v>34.0</v>
+      </c>
+      <c r="B40" s="6">
+        <v>44895</v>
+      </c>
+      <c r="C40" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D40" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E40" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F40" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="G40" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="41" spans="1:7">
+      <c r="A41" s="9">
+        <v>35.0</v>
+      </c>
+      <c r="B41" s="6">
+        <v>44926</v>
+      </c>
+      <c r="C41" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D41" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E41" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F41" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="G41" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="42" spans="1:7">
+      <c r="A42" s="9">
+        <v>36.0</v>
+      </c>
+      <c r="B42" s="6">
+        <v>44957</v>
+      </c>
+      <c r="C42" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D42" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E42" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F42" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="G42" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="43" spans="1:7">
+      <c r="A43" s="9">
+        <v>37.0</v>
+      </c>
+      <c r="B43" s="6">
+        <v>44985</v>
+      </c>
+      <c r="C43" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D43" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E43" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F43" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="G43" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="44" spans="1:7">
+      <c r="A44" s="9">
+        <v>38.0</v>
+      </c>
+      <c r="B44" s="6">
+        <v>45016</v>
+      </c>
+      <c r="C44" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D44" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E44" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F44" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="G44" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="45" spans="1:7">
+      <c r="A45" s="9">
+        <v>39.0</v>
+      </c>
+      <c r="B45" s="6">
+        <v>45046</v>
+      </c>
+      <c r="C45" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D45" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E45" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F45" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="G45" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="46" spans="1:7">
+      <c r="A46" s="9">
+        <v>40.0</v>
+      </c>
+      <c r="B46" s="6">
+        <v>45077</v>
+      </c>
+      <c r="C46" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D46" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E46" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F46" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="G46" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="47" spans="1:7">
+      <c r="A47" s="9">
+        <v>41.0</v>
+      </c>
+      <c r="B47" s="6">
+        <v>45107</v>
+      </c>
+      <c r="C47" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D47" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E47" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F47" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="G47" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="48" spans="1:7">
+      <c r="A48" s="9">
+        <v>42.0</v>
+      </c>
+      <c r="B48" s="6">
+        <v>45138</v>
+      </c>
+      <c r="C48" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D48" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E48" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F48" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="G48" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="49" spans="1:7">
+      <c r="A49" s="9">
+        <v>43.0</v>
+      </c>
+      <c r="B49" s="6">
+        <v>45169</v>
+      </c>
+      <c r="C49" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D49" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E49" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F49" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="G49" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="50" spans="1:7">
+      <c r="A50" s="9">
+        <v>44.0</v>
+      </c>
+      <c r="B50" s="6">
+        <v>45199</v>
+      </c>
+      <c r="C50" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D50" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E50" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F50" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="G50" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="51" spans="1:7">
+      <c r="A51" s="9">
+        <v>45.0</v>
+      </c>
+      <c r="B51" s="6">
+        <v>45230</v>
+      </c>
+      <c r="C51" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D51" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E51" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F51" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="G51" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="52" spans="1:7">
+      <c r="A52" s="9">
+        <v>46.0</v>
+      </c>
+      <c r="B52" s="6">
+        <v>45260</v>
+      </c>
+      <c r="C52" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D52" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E52" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F52" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="G52" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="53" spans="1:7">
+      <c r="A53" s="9">
+        <v>47.0</v>
+      </c>
+      <c r="B53" s="6">
+        <v>45291</v>
+      </c>
+      <c r="C53" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D53" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E53" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F53" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="G53" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="54" spans="1:7">
+      <c r="A54" s="9">
+        <v>48.0</v>
+      </c>
+      <c r="B54" s="6">
+        <v>45322</v>
+      </c>
+      <c r="C54" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D54" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E54" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F54" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="G54" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="55" spans="1:7">
+      <c r="A55" s="9">
+        <v>49.0</v>
+      </c>
+      <c r="B55" s="6">
+        <v>45351</v>
+      </c>
+      <c r="C55" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D55" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E55" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F55" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="G55" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="56" spans="1:7">
+      <c r="A56" s="9">
+        <v>50.0</v>
+      </c>
+      <c r="B56" s="6">
+        <v>45382</v>
+      </c>
+      <c r="C56" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D56" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E56" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F56" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="G56" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="57" spans="1:7">
+      <c r="A57" s="9">
+        <v>51.0</v>
+      </c>
+      <c r="B57" s="6">
+        <v>45412</v>
+      </c>
+      <c r="C57" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D57" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E57" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F57" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="G57" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="58" spans="1:7">
+      <c r="A58" s="9">
+        <v>52.0</v>
+      </c>
+      <c r="B58" s="6">
+        <v>45443</v>
+      </c>
+      <c r="C58" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D58" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E58" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F58" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="G58" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="59" spans="1:7">
+      <c r="A59" s="9">
+        <v>53.0</v>
+      </c>
+      <c r="B59" s="6">
+        <v>45473</v>
+      </c>
+      <c r="C59" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D59" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E59" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F59" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="G59" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="60" spans="1:7">
+      <c r="A60" s="9">
+        <v>54.0</v>
+      </c>
+      <c r="B60" s="6">
+        <v>45504</v>
+      </c>
+      <c r="C60" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D60" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E60" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F60" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="G60" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="61" spans="1:7">
+      <c r="A61" s="9">
+        <v>55.0</v>
+      </c>
+      <c r="B61" s="6">
+        <v>45535</v>
+      </c>
+      <c r="C61" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D61" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E61" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F61" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="G61" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="62" spans="1:7">
+      <c r="A62" s="9">
+        <v>56.0</v>
+      </c>
+      <c r="B62" s="6">
+        <v>45565</v>
+      </c>
+      <c r="C62" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D62" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E62" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F62" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="G62" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="63" spans="1:7">
+      <c r="A63" s="9">
+        <v>57.0</v>
+      </c>
+      <c r="B63" s="6">
+        <v>45596</v>
+      </c>
+      <c r="C63" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D63" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E63" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F63" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="G63" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="64" spans="1:7">
+      <c r="A64" s="9">
+        <v>58.0</v>
+      </c>
+      <c r="B64" s="6">
+        <v>45626</v>
+      </c>
+      <c r="C64" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D64" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E64" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F64" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="G64" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="65" spans="1:7">
+      <c r="A65" s="9">
+        <v>59.0</v>
+      </c>
+      <c r="B65" s="6">
+        <v>45657</v>
+      </c>
+      <c r="C65" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D65" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E65" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F65" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="G65" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="66" spans="1:7">
+      <c r="A66" s="11" t="s">
+        <v>19</v>
+      </c>
+      <c r="E66" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F66" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="G66" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="67" spans="1:7">
+      <c r="A67" s="13" t="s">
         <v>14</v>
       </c>
-    </row>
-[...1403 lines deleted...]
-      <c r="G65" s="12"/>
+      <c r="B67" s="13"/>
+      <c r="C67" s="13"/>
+      <c r="D67" s="13"/>
+      <c r="E67" s="13"/>
+      <c r="F67" s="13"/>
+      <c r="G67" s="13"/>
     </row>
   </sheetData>
   <mergeCells>
-    <mergeCell ref="A64:D64"/>
+    <mergeCell ref="A66:D66"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:B10"/>
+  <dimension ref="A1:B12"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
-      <selection activeCell="B10" sqref="B10"/>
+      <selection activeCell="B12" sqref="B12"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="2" spans="1:2">
-[...1 lines deleted...]
-        <v>19</v>
+    <row r="3" spans="1:2">
+      <c r="A3" s="2" t="s">
+        <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:2">
-      <c r="A4" s="14" t="s">
+      <c r="A4" s="3" t="s">
         <v>20</v>
       </c>
-      <c r="B4" s="7">
-[...4 lines deleted...]
-      <c r="A5" s="14" t="s">
+    </row>
+    <row r="6" spans="1:2">
+      <c r="A6" s="15" t="s">
         <v>21</v>
       </c>
-      <c r="B5" s="7">
-[...4 lines deleted...]
-      <c r="A6" s="14" t="s">
+      <c r="B6" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="7" spans="1:2">
+      <c r="A7" s="15" t="s">
         <v>22</v>
       </c>
-      <c r="B6" s="7">
-[...4 lines deleted...]
-      <c r="A7" s="14" t="s">
+      <c r="B7" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="8" spans="1:2">
+      <c r="A8" s="15" t="s">
         <v>23</v>
       </c>
-      <c r="B7" s="7">
-[...4 lines deleted...]
-      <c r="A8" s="10" t="s">
+      <c r="B8" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="9" spans="1:2">
+      <c r="A9" s="15" t="s">
         <v>24</v>
       </c>
-      <c r="B8" s="13">
-[...4 lines deleted...]
-      <c r="A9" s="14" t="s">
+      <c r="B9" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="10" spans="1:2">
+      <c r="A10" s="11" t="s">
         <v>25</v>
       </c>
-      <c r="B9" s="9">
-[...7 lines deleted...]
-      <c r="B10" s="12"/>
+      <c r="B10" s="14" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="11" spans="1:2">
+      <c r="A11" s="15" t="s">
+        <v>26</v>
+      </c>
+      <c r="B11" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="12" spans="1:2">
+      <c r="A12" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="B12" s="13"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:C10"/>
+  <dimension ref="A1:C12"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
-      <selection activeCell="C10" sqref="C10"/>
+      <selection activeCell="C12" sqref="C12"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="2" spans="1:3">
-[...5 lines deleted...]
-      <c r="A4" s="15" t="s">
+    <row r="3" spans="1:3">
+      <c r="A3" s="2" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="4" spans="1:3">
+      <c r="A4" s="3" t="s">
         <v>27</v>
       </c>
     </row>
-    <row r="5" spans="1:3">
-      <c r="A5" s="16" t="s">
+    <row r="6" spans="1:3" customHeight="1" ht="34.8">
+      <c r="A6" s="16" t="s">
         <v>28</v>
       </c>
-      <c r="B5" s="14" t="s">
+    </row>
+    <row r="7" spans="1:3">
+      <c r="A7" s="17" t="s">
         <v>29</v>
       </c>
-      <c r="C5" s="9">
-[...4 lines deleted...]
-      <c r="A6" s="16" t="s">
+      <c r="B7" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="B6" s="14" t="s">
+      <c r="C7" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="8" spans="1:3">
+      <c r="A8" s="17" t="s">
         <v>31</v>
       </c>
-      <c r="C6" s="9">
-[...4 lines deleted...]
-      <c r="A7" s="16" t="s">
+      <c r="B8" s="15" t="s">
         <v>32</v>
       </c>
-      <c r="B7" s="14" t="s">
-[...3 lines deleted...]
-        <v>0.56</v>
+      <c r="C8" s="10" t="e">
+        <v>#N/A</v>
       </c>
     </row>
     <row r="9" spans="1:3">
-      <c r="A9" s="10" t="s">
+      <c r="A9" s="17" t="s">
         <v>33</v>
       </c>
-      <c r="B9" s="10" t="s">
+      <c r="B9" s="15" t="s">
+        <v>25</v>
+      </c>
+      <c r="C9" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="11" spans="1:3">
+      <c r="A11" s="11" t="s">
         <v>34</v>
       </c>
-      <c r="C9" s="11">
-[...8 lines deleted...]
-      <c r="C10" s="12"/>
+      <c r="B11" s="11" t="s">
+        <v>35</v>
+      </c>
+      <c r="C11" s="12" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="12" spans="1:3">
+      <c r="A12" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="B12" s="13"/>
+      <c r="C12" s="13"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>4</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="4" baseType="lpstr">