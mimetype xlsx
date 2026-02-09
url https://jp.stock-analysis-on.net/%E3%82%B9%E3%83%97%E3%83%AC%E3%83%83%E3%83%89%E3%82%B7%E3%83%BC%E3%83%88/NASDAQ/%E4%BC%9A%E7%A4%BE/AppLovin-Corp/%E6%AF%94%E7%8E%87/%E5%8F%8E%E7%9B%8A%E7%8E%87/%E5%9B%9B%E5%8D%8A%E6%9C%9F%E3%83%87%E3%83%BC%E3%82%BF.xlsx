--- v0 (2026-02-08)
+++ v1 (2026-02-09)
@@ -22,54 +22,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="比率(概要)" sheetId="1" r:id="rId4"/>
     <sheet name="売上総利益率" sheetId="2" r:id="rId5"/>
     <sheet name="営業利益率" sheetId="3" r:id="rId6"/>
     <sheet name="純利益率" sheetId="4" r:id="rId7"/>
     <sheet name="ROE" sheetId="5" r:id="rId8"/>
     <sheet name="ROA" sheetId="6" r:id="rId9"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="42">
-[...2 lines deleted...]
-  </si>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="41">
   <si>
     <t>AppLovin Corp.</t>
   </si>
   <si>
     <t>収益率</t>
   </si>
   <si>
     <t>四半期データ</t>
   </si>
   <si>
     <t>売上高比率</t>
   </si>
   <si>
     <t>売上総利益率</t>
   </si>
   <si>
     <t>営業利益率</t>
   </si>
   <si>
     <t>純利益率</t>
   </si>
   <si>
     <t>投資比率</t>
   </si>
   <si>
@@ -159,67 +156,58 @@
   <si>
     <t>ROE</t>
   </si>
   <si>
     <t>ROE競合 他社</t>
   </si>
   <si>
     <t>総資産</t>
   </si>
   <si>
     <t>ROA</t>
   </si>
   <si>
     <t>ROA競合 他社</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="[$-411]yyyy/mm/dd"/>
     <numFmt numFmtId="165" formatCode="#,##0.00%;-#,##0.00%;&quot;—&quot;"/>
     <numFmt numFmtId="166" formatCode="#,##0_);(#,##0);&quot;—&quot;"/>
   </numFmts>
-  <fonts count="9">
+  <fonts count="8">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF252525"/>
-      <name val="Calibri"/>
-[...7 lines deleted...]
-      <color rgb="FFFF0000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="22"/>
       <color rgb="FF7E261B"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="17"/>
       <color rgb="FF757575"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -291,82 +279,81 @@
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color rgb="FF252525"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color rgb="FFE2E2E2"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="16">
+  <cellXfs count="15">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="2" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
-    <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
-    <xf xfId="0" fontId="5" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+    <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
-    <xf xfId="0" fontId="5" numFmtId="164" fillId="0" borderId="1" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
+    <xf xfId="0" fontId="4" numFmtId="164" fillId="0" borderId="1" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
-    <xf xfId="0" fontId="6" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
+    <xf xfId="0" fontId="5" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false" indent="1"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false" indent="2"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="165" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
-    <xf xfId="0" fontId="7" numFmtId="0" fillId="0" borderId="2" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0"/>
+    <xf xfId="0" fontId="6" numFmtId="0" fillId="0" borderId="2" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="166" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
-    <xf xfId="0" fontId="5" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
+    <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false" indent="2"/>
     </xf>
-    <xf xfId="0" fontId="5" numFmtId="165" fillId="0" borderId="3" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
+    <xf xfId="0" fontId="4" numFmtId="165" fillId="0" borderId="3" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
-    <xf xfId="0" fontId="8" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
+    <xf xfId="0" fontId="7" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false" indent="2"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false" indent="3"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
@@ -655,5563 +642,5533 @@
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P15"/>
+  <dimension ref="A1:P13"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
-      <selection activeCell="P15" sqref="P15"/>
+      <selection activeCell="P13" sqref="P13"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
+    <row r="2" spans="1:16">
+      <c r="A2" s="2" t="s">
+        <v>1</v>
+      </c>
+    </row>
     <row r="3" spans="1:16">
-      <c r="A3" s="2" t="s">
-[...4 lines deleted...]
-      <c r="A4" s="3" t="s">
+      <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="5" spans="1:16">
-      <c r="A5" s="4" t="s">
+      <c r="A5" s="4"/>
+      <c r="B5" s="5">
+        <v>45930</v>
+      </c>
+      <c r="C5" s="5">
+        <v>45838</v>
+      </c>
+      <c r="D5" s="5">
+        <v>45747</v>
+      </c>
+      <c r="E5" s="5">
+        <v>45657</v>
+      </c>
+      <c r="F5" s="5">
+        <v>45565</v>
+      </c>
+      <c r="G5" s="5">
+        <v>45473</v>
+      </c>
+      <c r="H5" s="5">
+        <v>45382</v>
+      </c>
+      <c r="I5" s="5">
+        <v>45291</v>
+      </c>
+      <c r="J5" s="5">
+        <v>45199</v>
+      </c>
+      <c r="K5" s="5">
+        <v>45107</v>
+      </c>
+      <c r="L5" s="5">
+        <v>45016</v>
+      </c>
+      <c r="M5" s="5">
+        <v>44926</v>
+      </c>
+      <c r="N5" s="5">
+        <v>44834</v>
+      </c>
+      <c r="O5" s="5">
+        <v>44742</v>
+      </c>
+      <c r="P5" s="5">
+        <v>44651</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16" customHeight="1" ht="34.8">
+      <c r="A6" s="6" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="7" spans="1:16">
-      <c r="A7" s="5"/>
-[...46 lines deleted...]
-    <row r="8" spans="1:16" customHeight="1" ht="34.8">
+      <c r="A7" s="7" t="s">
+        <v>4</v>
+      </c>
+      <c r="B7" s="8">
+        <v>0.8456</v>
+      </c>
+      <c r="C7" s="8">
+        <v>0.8202</v>
+      </c>
+      <c r="D7" s="8">
+        <v>0.787</v>
+      </c>
+      <c r="E7" s="8">
+        <v>0.7522</v>
+      </c>
+      <c r="F7" s="8">
+        <v>0.7389</v>
+      </c>
+      <c r="G7" s="8">
+        <v>0.718</v>
+      </c>
+      <c r="H7" s="8">
+        <v>0.699</v>
+      </c>
+      <c r="I7" s="8">
+        <v>0.6774</v>
+      </c>
+      <c r="J7" s="8">
+        <v>0.6191</v>
+      </c>
+      <c r="K7" s="8">
+        <v>0.5866</v>
+      </c>
+      <c r="L7" s="8">
+        <v>0.5747</v>
+      </c>
+      <c r="M7" s="8">
+        <v>0.5541</v>
+      </c>
+      <c r="N7" s="8">
+        <v>0.6039</v>
+      </c>
+      <c r="O7" s="8">
+        <v>0.6219</v>
+      </c>
+      <c r="P7" s="8">
+        <v>0.6281</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
       <c r="A8" s="7" t="s">
-        <v>4</v>
+        <v>5</v>
+      </c>
+      <c r="B8" s="8">
+        <v>0.6707</v>
+      </c>
+      <c r="C8" s="8">
+        <v>0.5894</v>
+      </c>
+      <c r="D8" s="8">
+        <v>0.4935</v>
+      </c>
+      <c r="E8" s="8">
+        <v>0.3978</v>
+      </c>
+      <c r="F8" s="8">
+        <v>0.3578</v>
+      </c>
+      <c r="G8" s="8">
+        <v>0.2999</v>
+      </c>
+      <c r="H8" s="8">
+        <v>0.2556</v>
+      </c>
+      <c r="I8" s="8">
+        <v>0.1974</v>
+      </c>
+      <c r="J8" s="8">
+        <v>0.1175</v>
+      </c>
+      <c r="K8" s="8">
+        <v>0.0761</v>
+      </c>
+      <c r="L8" s="8">
+        <v>0.0486</v>
+      </c>
+      <c r="M8" s="8">
+        <v>-0.017</v>
+      </c>
+      <c r="N8" s="8">
+        <v>0.0114</v>
+      </c>
+      <c r="O8" s="8">
+        <v>0.0099</v>
+      </c>
+      <c r="P8" s="8">
+        <v>0.0038</v>
       </c>
     </row>
     <row r="9" spans="1:16">
-      <c r="A9" s="8" t="s">
-[...49 lines deleted...]
-      <c r="A10" s="8" t="s">
+      <c r="A9" s="7" t="s">
         <v>6</v>
       </c>
-      <c r="B10" s="9" t="e">
-[...42 lines deleted...]
-        <v>#N/A</v>
+      <c r="B9" s="8">
+        <v>0.5448</v>
+      </c>
+      <c r="C9" s="8">
+        <v>0.487</v>
+      </c>
+      <c r="D9" s="8">
+        <v>0.3992</v>
+      </c>
+      <c r="E9" s="8">
+        <v>0.3355</v>
+      </c>
+      <c r="F9" s="8">
+        <v>0.2687</v>
+      </c>
+      <c r="G9" s="8">
+        <v>0.2091</v>
+      </c>
+      <c r="H9" s="8">
+        <v>0.1648</v>
+      </c>
+      <c r="I9" s="8">
+        <v>0.1087</v>
+      </c>
+      <c r="J9" s="8">
+        <v>0.0346</v>
+      </c>
+      <c r="K9" s="8">
+        <v>0.007</v>
+      </c>
+      <c r="L9" s="8">
+        <v>-0.0282</v>
+      </c>
+      <c r="M9" s="8">
+        <v>-0.0684</v>
+      </c>
+      <c r="N9" s="8">
+        <v>-0.0282</v>
+      </c>
+      <c r="O9" s="8">
+        <v>-0.0361</v>
+      </c>
+      <c r="P9" s="8">
+        <v>-0.0246</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16" customHeight="1" ht="34.8">
+      <c r="A10" s="6" t="s">
+        <v>7</v>
       </c>
     </row>
     <row r="11" spans="1:16">
-      <c r="A11" s="8" t="s">
-[...48 lines deleted...]
-    <row r="12" spans="1:16" customHeight="1" ht="34.8">
+      <c r="A11" s="7" t="s">
+        <v>8</v>
+      </c>
+      <c r="B11" s="8">
+        <v>1.9205</v>
+      </c>
+      <c r="C11" s="8">
+        <v>2.0817</v>
+      </c>
+      <c r="D11" s="8">
+        <v>3.3367</v>
+      </c>
+      <c r="E11" s="8">
+        <v>1.4496</v>
+      </c>
+      <c r="F11" s="8">
+        <v>1.2287</v>
+      </c>
+      <c r="G11" s="8">
+        <v>1.015</v>
+      </c>
+      <c r="H11" s="8">
+        <v>0.7859</v>
+      </c>
+      <c r="I11" s="8">
+        <v>0.2839</v>
+      </c>
+      <c r="J11" s="8">
+        <v>0.0958</v>
+      </c>
+      <c r="K11" s="8">
+        <v>0.0132</v>
+      </c>
+      <c r="L11" s="8">
+        <v>-0.0432</v>
+      </c>
+      <c r="M11" s="8">
+        <v>-0.1013</v>
+      </c>
+      <c r="N11" s="8">
+        <v>-0.0435</v>
+      </c>
+      <c r="O11" s="8">
+        <v>-0.0553</v>
+      </c>
+      <c r="P11" s="8">
+        <v>-0.0344</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
       <c r="A12" s="7" t="s">
-        <v>8</v>
+        <v>9</v>
+      </c>
+      <c r="B12" s="8">
+        <v>0.4463</v>
+      </c>
+      <c r="C12" s="8">
+        <v>0.4077</v>
+      </c>
+      <c r="D12" s="8">
+        <v>0.3364</v>
+      </c>
+      <c r="E12" s="8">
+        <v>0.2692</v>
+      </c>
+      <c r="F12" s="8">
+        <v>0.2118</v>
+      </c>
+      <c r="G12" s="8">
+        <v>0.1569</v>
+      </c>
+      <c r="H12" s="8">
+        <v>0.1135</v>
+      </c>
+      <c r="I12" s="8">
+        <v>0.0666</v>
+      </c>
+      <c r="J12" s="8">
+        <v>0.021</v>
+      </c>
+      <c r="K12" s="8">
+        <v>0.0037</v>
+      </c>
+      <c r="L12" s="8">
+        <v>-0.0139</v>
+      </c>
+      <c r="M12" s="8">
+        <v>-0.033</v>
+      </c>
+      <c r="N12" s="8">
+        <v>-0.0141</v>
+      </c>
+      <c r="O12" s="8">
+        <v>-0.0178</v>
+      </c>
+      <c r="P12" s="8">
+        <v>-0.0112</v>
       </c>
     </row>
     <row r="13" spans="1:16">
-      <c r="A13" s="8" t="s">
-[...49 lines deleted...]
-      <c r="A14" s="8" t="s">
+      <c r="A13" s="9" t="s">
         <v>10</v>
       </c>
-      <c r="B14" s="9" t="e">
-[...63 lines deleted...]
-      <c r="P15" s="10"/>
+      <c r="B13" s="9"/>
+      <c r="C13" s="9"/>
+      <c r="D13" s="9"/>
+      <c r="E13" s="9"/>
+      <c r="F13" s="9"/>
+      <c r="G13" s="9"/>
+      <c r="H13" s="9"/>
+      <c r="I13" s="9"/>
+      <c r="J13" s="9"/>
+      <c r="K13" s="9"/>
+      <c r="L13" s="9"/>
+      <c r="M13" s="9"/>
+      <c r="N13" s="9"/>
+      <c r="O13" s="9"/>
+      <c r="P13" s="9"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P30"/>
+  <dimension ref="A1:P28"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
-      <selection activeCell="P30" sqref="P30"/>
+      <selection activeCell="P28" sqref="P28"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
+    <row r="2" spans="1:16">
+      <c r="A2" s="2" t="s">
+        <v>4</v>
+      </c>
+    </row>
     <row r="3" spans="1:16">
-      <c r="A3" s="2" t="s">
+      <c r="A3" s="3" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" s="4"/>
+      <c r="B5" s="5">
+        <v>45930</v>
+      </c>
+      <c r="C5" s="5">
+        <v>45838</v>
+      </c>
+      <c r="D5" s="5">
+        <v>45747</v>
+      </c>
+      <c r="E5" s="5">
+        <v>45657</v>
+      </c>
+      <c r="F5" s="5">
+        <v>45565</v>
+      </c>
+      <c r="G5" s="5">
+        <v>45473</v>
+      </c>
+      <c r="H5" s="5">
+        <v>45382</v>
+      </c>
+      <c r="I5" s="5">
+        <v>45291</v>
+      </c>
+      <c r="J5" s="5">
+        <v>45199</v>
+      </c>
+      <c r="K5" s="5">
+        <v>45107</v>
+      </c>
+      <c r="L5" s="5">
+        <v>45016</v>
+      </c>
+      <c r="M5" s="5">
+        <v>44926</v>
+      </c>
+      <c r="N5" s="5">
+        <v>44834</v>
+      </c>
+      <c r="O5" s="5">
+        <v>44742</v>
+      </c>
+      <c r="P5" s="5">
+        <v>44651</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16" customHeight="1" ht="34.8">
+      <c r="A6" s="6" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="B7" s="10">
+        <v>1230190.0</v>
+      </c>
+      <c r="C7" s="10">
+        <v>1103678.0</v>
+      </c>
+      <c r="D7" s="10">
+        <v>1007294.0</v>
+      </c>
+      <c r="E7" s="10">
+        <v>1052327.0</v>
+      </c>
+      <c r="F7" s="10">
+        <v>928576.0</v>
+      </c>
+      <c r="G7" s="10">
+        <v>797572.0</v>
+      </c>
+      <c r="H7" s="10">
+        <v>763967.0</v>
+      </c>
+      <c r="I7" s="10">
+        <v>679654.0</v>
+      </c>
+      <c r="J7" s="10">
+        <v>599207.0</v>
+      </c>
+      <c r="K7" s="10">
+        <v>491590.0</v>
+      </c>
+      <c r="L7" s="10">
+        <v>453445.0</v>
+      </c>
+      <c r="M7" s="10">
+        <v>332939.0</v>
+      </c>
+      <c r="N7" s="10">
+        <v>412111.0</v>
+      </c>
+      <c r="O7" s="10">
+        <v>472302.0</v>
+      </c>
+      <c r="P7" s="10">
+        <v>343641.0</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="B8" s="10">
+        <v>1405045.0</v>
+      </c>
+      <c r="C8" s="10">
+        <v>1258754.0</v>
+      </c>
+      <c r="D8" s="10">
+        <v>1158974.0</v>
+      </c>
+      <c r="E8" s="10">
+        <v>1372779.0</v>
+      </c>
+      <c r="F8" s="10">
+        <v>1198235.0</v>
+      </c>
+      <c r="G8" s="10">
+        <v>1080119.0</v>
+      </c>
+      <c r="H8" s="10">
+        <v>1058115.0</v>
+      </c>
+      <c r="I8" s="10">
+        <v>953261.0</v>
+      </c>
+      <c r="J8" s="10">
+        <v>864256.0</v>
+      </c>
+      <c r="K8" s="10">
+        <v>750165.0</v>
+      </c>
+      <c r="L8" s="10">
+        <v>715405.0</v>
+      </c>
+      <c r="M8" s="10">
+        <v>702307.0</v>
+      </c>
+      <c r="N8" s="10">
+        <v>713099.0</v>
+      </c>
+      <c r="O8" s="10">
+        <v>776231.0</v>
+      </c>
+      <c r="P8" s="10">
+        <v>625421.0</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16" customHeight="1" ht="34.8">
+      <c r="A9" s="6" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="4" spans="1:16">
-[...111 lines deleted...]
-    </row>
     <row r="10" spans="1:16">
-      <c r="A10" s="8" t="s">
+      <c r="A10" s="11" t="s">
+        <v>4</v>
+      </c>
+      <c r="B10" s="12">
+        <v>0.8456</v>
+      </c>
+      <c r="C10" s="12">
+        <v>0.8202</v>
+      </c>
+      <c r="D10" s="12">
+        <v>0.787</v>
+      </c>
+      <c r="E10" s="12">
+        <v>0.7522</v>
+      </c>
+      <c r="F10" s="12">
+        <v>0.7389</v>
+      </c>
+      <c r="G10" s="12">
+        <v>0.718</v>
+      </c>
+      <c r="H10" s="12">
+        <v>0.699</v>
+      </c>
+      <c r="I10" s="12">
+        <v>0.6774</v>
+      </c>
+      <c r="J10" s="12">
+        <v>0.6191</v>
+      </c>
+      <c r="K10" s="12">
+        <v>0.5866</v>
+      </c>
+      <c r="L10" s="12">
+        <v>0.5747</v>
+      </c>
+      <c r="M10" s="12">
+        <v>0.5541</v>
+      </c>
+      <c r="N10" s="12">
+        <v>0.6039</v>
+      </c>
+      <c r="O10" s="12">
+        <v>0.6219</v>
+      </c>
+      <c r="P10" s="12">
+        <v>0.6281</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16" customHeight="1" ht="34.8">
+      <c r="A11" s="6" t="s">
         <v>14</v>
       </c>
-      <c r="B10" s="11" t="e">
-[...101 lines deleted...]
-      <c r="A13" s="7" t="s">
+    </row>
+    <row r="12" spans="1:16" customHeight="1" ht="28.8">
+      <c r="A12" s="13" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="14" spans="1:16" customHeight="1" ht="28.8">
+    <row r="13" spans="1:16">
+      <c r="A13" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="B13" s="8">
+        <v>0.3207</v>
+      </c>
+      <c r="C13" s="8">
+        <v>0.3218</v>
+      </c>
+      <c r="D13" s="8">
+        <v>0.3245</v>
+      </c>
+      <c r="E13" s="8">
+        <v>0.3261</v>
+      </c>
+      <c r="F13" s="8">
+        <v>0.3258</v>
+      </c>
+      <c r="G13" s="8">
+        <v>0.3258</v>
+      </c>
+      <c r="H13" s="8">
+        <v>0.325</v>
+      </c>
+      <c r="I13" s="8">
+        <v>0.3234</v>
+      </c>
+      <c r="J13" s="8">
+        <v>0.3225</v>
+      </c>
+      <c r="K13" s="8">
+        <v>0.3212</v>
+      </c>
+      <c r="L13" s="8">
+        <v>0.3202</v>
+      </c>
+      <c r="M13" s="8">
+        <v>0.3199</v>
+      </c>
+      <c r="N13" s="8">
+        <v>0.3226</v>
+      </c>
+      <c r="O13" s="8">
+        <v>0.323</v>
+      </c>
+      <c r="P13" s="8">
+        <v>0.3235</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
       <c r="A14" s="14" t="s">
-        <v>16</v>
+        <v>17</v>
+      </c>
+      <c r="B14" s="8">
+        <v>0.8914</v>
+      </c>
+      <c r="C14" s="8">
+        <v>0.8925</v>
+      </c>
+      <c r="D14" s="8">
+        <v>0.8915</v>
+      </c>
+      <c r="E14" s="8">
+        <v>0.8904</v>
+      </c>
+      <c r="F14" s="8">
+        <v>0.8866</v>
+      </c>
+      <c r="G14" s="8">
+        <v>0.8824</v>
+      </c>
+      <c r="H14" s="8">
+        <v>0.8808</v>
+      </c>
+      <c r="I14" s="8">
+        <v>0.8787</v>
+      </c>
+      <c r="J14" s="8">
+        <v>0.8789</v>
+      </c>
+      <c r="K14" s="8">
+        <v>0.8777</v>
+      </c>
+      <c r="L14" s="8">
+        <v>0.8766</v>
+      </c>
+      <c r="M14" s="8">
+        <v>0.877</v>
+      </c>
+      <c r="N14" s="8">
+        <v>0.8776</v>
+      </c>
+      <c r="O14" s="8">
+        <v>0.8787</v>
+      </c>
+      <c r="P14" s="8">
+        <v>0.8804</v>
       </c>
     </row>
     <row r="15" spans="1:16">
-      <c r="A15" s="15" t="s">
-[...45 lines deleted...]
-        <v>#N/A</v>
+      <c r="A15" s="14" t="s">
+        <v>18</v>
+      </c>
+      <c r="B15" s="8">
+        <v>0.8554</v>
+      </c>
+      <c r="C15" s="8">
+        <v>0.8557</v>
+      </c>
+      <c r="D15" s="8">
+        <v>0.8586</v>
+      </c>
+      <c r="E15" s="8">
+        <v>0.8605</v>
+      </c>
+      <c r="F15" s="8">
+        <v>0.8779</v>
+      </c>
+      <c r="G15" s="8">
+        <v>0.8851</v>
+      </c>
+      <c r="H15" s="8">
+        <v>0.8931</v>
+      </c>
+      <c r="I15" s="8">
+        <v>0.8936</v>
+      </c>
+      <c r="J15" s="8">
+        <v>0.8918</v>
+      </c>
+      <c r="K15" s="8">
+        <v>0.8941</v>
+      </c>
+      <c r="L15" s="8">
+        <v>0.8918</v>
+      </c>
+      <c r="M15" s="8">
+        <v>0.8957</v>
+      </c>
+      <c r="N15" s="8">
+        <v>0.8987</v>
+      </c>
+      <c r="O15" s="8">
+        <v>0.8974</v>
+      </c>
+      <c r="P15" s="8">
+        <v>0.8983</v>
       </c>
     </row>
     <row r="16" spans="1:16">
-      <c r="A16" s="15" t="s">
-[...45 lines deleted...]
-        <v>#N/A</v>
+      <c r="A16" s="14" t="s">
+        <v>19</v>
+      </c>
+      <c r="B16" s="8">
+        <v>0.7524</v>
+      </c>
+      <c r="C16" s="8">
+        <v>0.7537</v>
+      </c>
+      <c r="D16" s="8">
+        <v>0.7529</v>
+      </c>
+      <c r="E16" s="8">
+        <v>0.7527</v>
+      </c>
+      <c r="F16" s="8">
+        <v>0.7462</v>
+      </c>
+      <c r="G16" s="8">
+        <v>0.7404</v>
+      </c>
+      <c r="H16" s="8">
+        <v>0.7369</v>
+      </c>
+      <c r="I16" s="8">
+        <v>0.7317</v>
+      </c>
+      <c r="J16" s="8">
+        <v>0.7355</v>
+      </c>
+      <c r="K16" s="8">
+        <v>0.7374</v>
+      </c>
+      <c r="L16" s="8">
+        <v>0.7363</v>
+      </c>
+      <c r="M16" s="8">
+        <v>0.736</v>
+      </c>
+      <c r="N16" s="8">
+        <v>0.7376</v>
+      </c>
+      <c r="O16" s="8">
+        <v>0.7388</v>
+      </c>
+      <c r="P16" s="8">
+        <v>0.7386</v>
       </c>
     </row>
     <row r="17" spans="1:16">
-      <c r="A17" s="15" t="s">
-[...45 lines deleted...]
-        <v>#N/A</v>
+      <c r="A17" s="14" t="s">
+        <v>20</v>
+      </c>
+      <c r="B17" s="8">
+        <v>0.7994</v>
+      </c>
+      <c r="C17" s="8">
+        <v>0.7992</v>
+      </c>
+      <c r="D17" s="8">
+        <v>0.8014</v>
+      </c>
+      <c r="E17" s="8">
+        <v>0.8079</v>
+      </c>
+      <c r="F17" s="8">
+        <v>0.8122</v>
+      </c>
+      <c r="G17" s="8">
+        <v>0.8155</v>
+      </c>
+      <c r="H17" s="8">
+        <v>0.8139</v>
+      </c>
+      <c r="I17" s="8">
+        <v>0.8074</v>
+      </c>
+      <c r="J17" s="8">
+        <v>0.7999</v>
+      </c>
+      <c r="K17" s="8">
+        <v>0.7933</v>
+      </c>
+      <c r="L17" s="8">
+        <v>0.7925</v>
+      </c>
+      <c r="M17" s="8">
+        <v>0.793</v>
+      </c>
+      <c r="N17" s="8">
+        <v>0.793</v>
+      </c>
+      <c r="O17" s="8">
+        <v>0.79</v>
+      </c>
+      <c r="P17" s="8">
+        <v>0.7804</v>
       </c>
     </row>
     <row r="18" spans="1:16">
-      <c r="A18" s="15" t="s">
-[...45 lines deleted...]
-        <v>#N/A</v>
+      <c r="A18" s="14" t="s">
+        <v>21</v>
+      </c>
+      <c r="B18" s="8">
+        <v>0.5781</v>
+      </c>
+      <c r="C18" s="8">
+        <v>0.5757</v>
+      </c>
+      <c r="D18" s="8">
+        <v>0.5704</v>
+      </c>
+      <c r="E18" s="8">
+        <v>0.5665</v>
+      </c>
+      <c r="F18" s="8">
+        <v>0.5653</v>
+      </c>
+      <c r="G18" s="8">
+        <v>0.5609</v>
+      </c>
+      <c r="H18" s="8">
+        <v>0.5564</v>
+      </c>
+      <c r="I18" s="8">
+        <v>0.5545</v>
+      </c>
+      <c r="J18" s="8">
+        <v>0.5504</v>
+      </c>
+      <c r="K18" s="8">
+        <v>0.5464</v>
+      </c>
+      <c r="L18" s="8">
+        <v>0.5424</v>
+      </c>
+      <c r="M18" s="8">
+        <v>0.54</v>
+      </c>
+      <c r="N18" s="8">
+        <v>0.5378</v>
+      </c>
+      <c r="O18" s="8">
+        <v>0.5401</v>
+      </c>
+      <c r="P18" s="8">
+        <v>0.5448</v>
       </c>
     </row>
     <row r="19" spans="1:16">
-      <c r="A19" s="15" t="s">
-[...45 lines deleted...]
-        <v>#N/A</v>
+      <c r="A19" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="B19" s="8">
+        <v>0.7945</v>
+      </c>
+      <c r="C19" s="8">
+        <v>0.7897</v>
+      </c>
+      <c r="D19" s="8">
+        <v>0.7873</v>
+      </c>
+      <c r="E19" s="8">
+        <v>0.7872</v>
+      </c>
+      <c r="F19" s="8">
+        <v>0.7853</v>
+      </c>
+      <c r="G19" s="8">
+        <v>0.7808</v>
+      </c>
+      <c r="H19" s="8">
+        <v>0.7812</v>
+      </c>
+      <c r="I19" s="8">
+        <v>0.7813</v>
+      </c>
+      <c r="J19" s="8">
+        <v>0.7846</v>
+      </c>
+      <c r="K19" s="8">
+        <v>0.79</v>
+      </c>
+      <c r="L19" s="8">
+        <v>0.7999</v>
+      </c>
+      <c r="M19" s="8">
+        <v>0.8109</v>
+      </c>
+      <c r="N19" s="8">
+        <v>0.8236</v>
+      </c>
+      <c r="O19" s="8">
+        <v>0.8211</v>
+      </c>
+      <c r="P19" s="8">
+        <v>0.8213</v>
       </c>
     </row>
     <row r="20" spans="1:16">
-      <c r="A20" s="15" t="s">
-[...45 lines deleted...]
-        <v>#N/A</v>
+      <c r="A20" s="14" t="s">
+        <v>23</v>
+      </c>
+      <c r="B20" s="8">
+        <v>0.6907</v>
+      </c>
+      <c r="C20" s="8">
+        <v>0.6941</v>
+      </c>
+      <c r="D20" s="8">
+        <v>0.6935</v>
+      </c>
+      <c r="E20" s="8">
+        <v>0.6976</v>
+      </c>
+      <c r="F20" s="8">
+        <v>0.6989</v>
+      </c>
+      <c r="G20" s="8">
+        <v>0.6975</v>
+      </c>
+      <c r="H20" s="8">
+        <v>0.6944</v>
+      </c>
+      <c r="I20" s="8">
+        <v>0.6892</v>
+      </c>
+      <c r="J20" s="8">
+        <v>0.6845</v>
+      </c>
+      <c r="K20" s="8">
+        <v>0.6816</v>
+      </c>
+      <c r="L20" s="8">
+        <v>0.6826</v>
+      </c>
+      <c r="M20" s="8">
+        <v>0.684</v>
+      </c>
+      <c r="N20" s="8">
+        <v>0.6873</v>
+      </c>
+      <c r="O20" s="8">
+        <v>0.6883</v>
+      </c>
+      <c r="P20" s="8">
+        <v>0.6886</v>
       </c>
     </row>
     <row r="21" spans="1:16">
-      <c r="A21" s="15" t="s">
-[...45 lines deleted...]
-        <v>#N/A</v>
+      <c r="A21" s="14" t="s">
+        <v>24</v>
+      </c>
+      <c r="B21" s="8">
+        <v>0.7112</v>
+      </c>
+      <c r="C21" s="8">
+        <v>0.7127</v>
+      </c>
+      <c r="D21" s="8">
+        <v>0.7131</v>
+      </c>
+      <c r="E21" s="8">
+        <v>0.7141</v>
+      </c>
+      <c r="F21" s="8">
+        <v>0.7153</v>
+      </c>
+      <c r="G21" s="8">
+        <v>0.7188</v>
+      </c>
+      <c r="H21" s="8">
+        <v>0.7226</v>
+      </c>
+      <c r="I21" s="8">
+        <v>0.7285</v>
+      </c>
+      <c r="J21" s="8">
+        <v>0.745</v>
+      </c>
+      <c r="K21" s="8">
+        <v>0.761</v>
+      </c>
+      <c r="L21" s="8">
+        <v>0.7778</v>
+      </c>
+      <c r="M21" s="8">
+        <v>0.7908</v>
+      </c>
+      <c r="N21" s="8">
+        <v>0.7944</v>
+      </c>
+      <c r="O21" s="8">
+        <v>0.7996</v>
+      </c>
+      <c r="P21" s="8">
+        <v>0.8022</v>
       </c>
     </row>
     <row r="22" spans="1:16">
-      <c r="A22" s="15" t="s">
-[...45 lines deleted...]
-        <v>#N/A</v>
+      <c r="A22" s="14" t="s">
+        <v>25</v>
+      </c>
+      <c r="B22" s="8">
+        <v>0.8081</v>
+      </c>
+      <c r="C22" s="8">
+        <v>0.8003</v>
+      </c>
+      <c r="D22" s="8">
+        <v>0.8001</v>
+      </c>
+      <c r="E22" s="8">
+        <v>0.8025</v>
+      </c>
+      <c r="F22" s="8">
+        <v>0.811</v>
+      </c>
+      <c r="G22" s="8">
+        <v>0.8139</v>
+      </c>
+      <c r="H22" s="8">
+        <v>0.8116</v>
+      </c>
+      <c r="I22" s="8">
+        <v>0.8062</v>
+      </c>
+      <c r="J22" s="8">
+        <v>0.7992</v>
+      </c>
+      <c r="K22" s="8">
+        <v>0.7915</v>
+      </c>
+      <c r="L22" s="8">
+        <v>0.7875</v>
+      </c>
+      <c r="M22" s="8">
+        <v>0.7856</v>
+      </c>
+      <c r="N22" s="8">
+        <v>0.7859</v>
+      </c>
+      <c r="O22" s="8">
+        <v>0.7873</v>
+      </c>
+      <c r="P22" s="8">
+        <v>0.7816</v>
       </c>
     </row>
     <row r="23" spans="1:16">
-      <c r="A23" s="15" t="s">
-[...45 lines deleted...]
-        <v>#N/A</v>
+      <c r="A23" s="14" t="s">
+        <v>26</v>
+      </c>
+      <c r="B23" s="8">
+        <v>0.7356</v>
+      </c>
+      <c r="C23" s="8">
+        <v>0.7386</v>
+      </c>
+      <c r="D23" s="8">
+        <v>0.7417</v>
+      </c>
+      <c r="E23" s="8">
+        <v>0.7435</v>
+      </c>
+      <c r="F23" s="8">
+        <v>0.7443</v>
+      </c>
+      <c r="G23" s="8">
+        <v>0.7405</v>
+      </c>
+      <c r="H23" s="8">
+        <v>0.7335</v>
+      </c>
+      <c r="I23" s="8">
+        <v>0.7229</v>
+      </c>
+      <c r="J23" s="8">
+        <v>0.708</v>
+      </c>
+      <c r="K23" s="8">
+        <v>0.6977</v>
+      </c>
+      <c r="L23" s="8">
+        <v>0.6906</v>
+      </c>
+      <c r="M23" s="8">
+        <v>0.6876</v>
+      </c>
+      <c r="N23" s="8">
+        <v>0.6934</v>
+      </c>
+      <c r="O23" s="8">
+        <v>0.6963</v>
+      </c>
+      <c r="P23" s="8">
+        <v>0.6977</v>
       </c>
     </row>
     <row r="24" spans="1:16">
-      <c r="A24" s="15" t="s">
-[...45 lines deleted...]
-        <v>#N/A</v>
+      <c r="A24" s="14" t="s">
+        <v>27</v>
+      </c>
+      <c r="B24" s="8">
+        <v>0.7694</v>
+      </c>
+      <c r="C24" s="8">
+        <v>0.7635</v>
+      </c>
+      <c r="D24" s="8">
+        <v>0.76</v>
+      </c>
+      <c r="E24" s="8">
+        <v>0.755</v>
+      </c>
+      <c r="F24" s="8">
+        <v>0.7499</v>
+      </c>
+      <c r="G24" s="8">
+        <v>0.7452</v>
+      </c>
+      <c r="H24" s="8">
+        <v>0.7378</v>
+      </c>
+      <c r="I24" s="8">
+        <v>0.7334</v>
+      </c>
+      <c r="J24" s="8">
+        <v>0.7269</v>
+      </c>
+      <c r="K24" s="8">
+        <v>0.7261</v>
+      </c>
+      <c r="L24" s="8">
+        <v>0.731</v>
+      </c>
+      <c r="M24" s="8">
+        <v>0.7348</v>
+      </c>
+      <c r="N24" s="8">
+        <v>0.7402</v>
+      </c>
+      <c r="O24" s="8">
+        <v>0.7434</v>
+      </c>
+      <c r="P24" s="8">
+        <v>0.7432</v>
       </c>
     </row>
     <row r="25" spans="1:16">
-      <c r="A25" s="15" t="s">
-[...45 lines deleted...]
-        <v>#N/A</v>
+      <c r="A25" s="14" t="s">
+        <v>28</v>
+      </c>
+      <c r="B25" s="8">
+        <v>0.7805</v>
+      </c>
+      <c r="C25" s="8">
+        <v>0.7852</v>
+      </c>
+      <c r="D25" s="8">
+        <v>0.7892</v>
+      </c>
+      <c r="E25" s="8">
+        <v>0.7918</v>
+      </c>
+      <c r="F25" s="8">
+        <v>0.7924</v>
+      </c>
+      <c r="G25" s="8">
+        <v>0.7907</v>
+      </c>
+      <c r="H25" s="8">
+        <v>0.7887</v>
+      </c>
+      <c r="I25" s="8">
+        <v>0.7859</v>
+      </c>
+      <c r="J25" s="8">
+        <v>0.7852</v>
+      </c>
+      <c r="K25" s="8">
+        <v>0.785</v>
+      </c>
+      <c r="L25" s="8">
+        <v>0.7845</v>
+      </c>
+      <c r="M25" s="8">
+        <v>0.7829</v>
+      </c>
+      <c r="N25" s="8">
+        <v>0.7785</v>
+      </c>
+      <c r="O25" s="8">
+        <v>0.7753</v>
+      </c>
+      <c r="P25" s="8">
+        <v>0.7726</v>
       </c>
     </row>
     <row r="26" spans="1:16">
-      <c r="A26" s="15" t="s">
-[...45 lines deleted...]
-        <v>#N/A</v>
+      <c r="A26" s="14" t="s">
+        <v>29</v>
+      </c>
+      <c r="B26" s="8">
+        <v>0.7912</v>
+      </c>
+      <c r="C26" s="8">
+        <v>0.7984</v>
+      </c>
+      <c r="D26" s="8">
+        <v>0.7964</v>
+      </c>
+      <c r="E26" s="8">
+        <v>0.7968</v>
+      </c>
+      <c r="F26" s="8">
+        <v>0.8025</v>
+      </c>
+      <c r="G26" s="8">
+        <v>0.7985</v>
+      </c>
+      <c r="H26" s="8">
+        <v>0.7969</v>
+      </c>
+      <c r="I26" s="8">
+        <v>0.7908</v>
+      </c>
+      <c r="J26" s="8">
+        <v>0.7879</v>
+      </c>
+      <c r="K26" s="8">
+        <v>0.7851</v>
+      </c>
+      <c r="L26" s="8">
+        <v>0.7891</v>
+      </c>
+      <c r="M26" s="8">
+        <v>0.7907</v>
+      </c>
+      <c r="N26" s="8">
+        <v>0.7948</v>
+      </c>
+      <c r="O26" s="8">
+        <v>0.8005</v>
+      </c>
+      <c r="P26" s="8">
+        <v>0.7978</v>
       </c>
     </row>
     <row r="27" spans="1:16">
-      <c r="A27" s="15" t="s">
-[...45 lines deleted...]
-        <v>#N/A</v>
+      <c r="A27" s="14" t="s">
+        <v>30</v>
+      </c>
+      <c r="B27" s="8">
+        <v>0.756</v>
+      </c>
+      <c r="C27" s="8">
+        <v>0.7577</v>
+      </c>
+      <c r="D27" s="8">
+        <v>0.7564</v>
+      </c>
+      <c r="E27" s="8">
+        <v>0.756</v>
+      </c>
+      <c r="F27" s="8">
+        <v>0.7473</v>
+      </c>
+      <c r="G27" s="8">
+        <v>0.7387</v>
+      </c>
+      <c r="H27" s="8">
+        <v>0.7325</v>
+      </c>
+      <c r="I27" s="8">
+        <v>0.7241</v>
+      </c>
+      <c r="J27" s="8">
+        <v>0.7222</v>
+      </c>
+      <c r="K27" s="8">
+        <v>0.7223</v>
+      </c>
+      <c r="L27" s="8">
+        <v>0.7225</v>
+      </c>
+      <c r="M27" s="8">
+        <v>0.7221</v>
+      </c>
+      <c r="N27" s="8">
+        <v>0.7239</v>
+      </c>
+      <c r="O27" s="8">
+        <v>0.7246</v>
+      </c>
+      <c r="P27" s="8">
+        <v>0.7261</v>
       </c>
     </row>
     <row r="28" spans="1:16">
-      <c r="A28" s="15" t="s">
-[...116 lines deleted...]
-      <c r="P30" s="10"/>
+      <c r="A28" s="9" t="s">
+        <v>10</v>
+      </c>
+      <c r="B28" s="9"/>
+      <c r="C28" s="9"/>
+      <c r="D28" s="9"/>
+      <c r="E28" s="9"/>
+      <c r="F28" s="9"/>
+      <c r="G28" s="9"/>
+      <c r="H28" s="9"/>
+      <c r="I28" s="9"/>
+      <c r="J28" s="9"/>
+      <c r="K28" s="9"/>
+      <c r="L28" s="9"/>
+      <c r="M28" s="9"/>
+      <c r="N28" s="9"/>
+      <c r="O28" s="9"/>
+      <c r="P28" s="9"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P30"/>
+  <dimension ref="A1:P28"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
-      <selection activeCell="P30" sqref="P30"/>
+      <selection activeCell="P28" sqref="P28"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
+    <row r="2" spans="1:16">
+      <c r="A2" s="2" t="s">
+        <v>5</v>
+      </c>
+    </row>
     <row r="3" spans="1:16">
-      <c r="A3" s="2" t="s">
+      <c r="A3" s="3" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" s="4"/>
+      <c r="B5" s="5">
+        <v>45930</v>
+      </c>
+      <c r="C5" s="5">
+        <v>45838</v>
+      </c>
+      <c r="D5" s="5">
+        <v>45747</v>
+      </c>
+      <c r="E5" s="5">
+        <v>45657</v>
+      </c>
+      <c r="F5" s="5">
+        <v>45565</v>
+      </c>
+      <c r="G5" s="5">
+        <v>45473</v>
+      </c>
+      <c r="H5" s="5">
+        <v>45382</v>
+      </c>
+      <c r="I5" s="5">
+        <v>45291</v>
+      </c>
+      <c r="J5" s="5">
+        <v>45199</v>
+      </c>
+      <c r="K5" s="5">
+        <v>45107</v>
+      </c>
+      <c r="L5" s="5">
+        <v>45016</v>
+      </c>
+      <c r="M5" s="5">
+        <v>44926</v>
+      </c>
+      <c r="N5" s="5">
+        <v>44834</v>
+      </c>
+      <c r="O5" s="5">
+        <v>44742</v>
+      </c>
+      <c r="P5" s="5">
+        <v>44651</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16" customHeight="1" ht="34.8">
+      <c r="A6" s="6" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" s="7" t="s">
+        <v>31</v>
+      </c>
+      <c r="B7" s="10">
+        <v>1079007.0</v>
+      </c>
+      <c r="C7" s="10">
+        <v>957682.0</v>
+      </c>
+      <c r="D7" s="10">
+        <v>839982.0</v>
+      </c>
+      <c r="E7" s="10">
+        <v>607980.0</v>
+      </c>
+      <c r="F7" s="10">
+        <v>534934.0</v>
+      </c>
+      <c r="G7" s="10">
+        <v>390986.0</v>
+      </c>
+      <c r="H7" s="10">
+        <v>339559.0</v>
+      </c>
+      <c r="I7" s="10">
+        <v>269514.0</v>
+      </c>
+      <c r="J7" s="10">
+        <v>186318.0</v>
+      </c>
+      <c r="K7" s="10">
+        <v>131328.0</v>
+      </c>
+      <c r="L7" s="10">
+        <v>61047.0</v>
+      </c>
+      <c r="M7" s="10">
+        <v>-22426.0</v>
+      </c>
+      <c r="N7" s="10">
+        <v>49267.0</v>
+      </c>
+      <c r="O7" s="10">
+        <v>53355.0</v>
+      </c>
+      <c r="P7" s="10">
+        <v>-127987.0</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="B8" s="10">
+        <v>1405045.0</v>
+      </c>
+      <c r="C8" s="10">
+        <v>1258754.0</v>
+      </c>
+      <c r="D8" s="10">
+        <v>1158974.0</v>
+      </c>
+      <c r="E8" s="10">
+        <v>1372779.0</v>
+      </c>
+      <c r="F8" s="10">
+        <v>1198235.0</v>
+      </c>
+      <c r="G8" s="10">
+        <v>1080119.0</v>
+      </c>
+      <c r="H8" s="10">
+        <v>1058115.0</v>
+      </c>
+      <c r="I8" s="10">
+        <v>953261.0</v>
+      </c>
+      <c r="J8" s="10">
+        <v>864256.0</v>
+      </c>
+      <c r="K8" s="10">
+        <v>750165.0</v>
+      </c>
+      <c r="L8" s="10">
+        <v>715405.0</v>
+      </c>
+      <c r="M8" s="10">
+        <v>702307.0</v>
+      </c>
+      <c r="N8" s="10">
+        <v>713099.0</v>
+      </c>
+      <c r="O8" s="10">
+        <v>776231.0</v>
+      </c>
+      <c r="P8" s="10">
+        <v>625421.0</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16" customHeight="1" ht="34.8">
+      <c r="A9" s="6" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="4" spans="1:16">
-[...63 lines deleted...]
-      <c r="A9" s="8" t="s">
+    <row r="10" spans="1:16">
+      <c r="A10" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B10" s="12">
+        <v>0.6707</v>
+      </c>
+      <c r="C10" s="12">
+        <v>0.5894</v>
+      </c>
+      <c r="D10" s="12">
+        <v>0.4935</v>
+      </c>
+      <c r="E10" s="12">
+        <v>0.3978</v>
+      </c>
+      <c r="F10" s="12">
+        <v>0.3578</v>
+      </c>
+      <c r="G10" s="12">
+        <v>0.2999</v>
+      </c>
+      <c r="H10" s="12">
+        <v>0.2556</v>
+      </c>
+      <c r="I10" s="12">
+        <v>0.1974</v>
+      </c>
+      <c r="J10" s="12">
+        <v>0.1175</v>
+      </c>
+      <c r="K10" s="12">
+        <v>0.0761</v>
+      </c>
+      <c r="L10" s="12">
+        <v>0.0486</v>
+      </c>
+      <c r="M10" s="12">
+        <v>-0.017</v>
+      </c>
+      <c r="N10" s="12">
+        <v>0.0114</v>
+      </c>
+      <c r="O10" s="12">
+        <v>0.0099</v>
+      </c>
+      <c r="P10" s="12">
+        <v>0.0038</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16" customHeight="1" ht="34.8">
+      <c r="A11" s="6" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16" customHeight="1" ht="28.8">
+      <c r="A12" s="13" t="s">
         <v>32</v>
       </c>
-      <c r="B9" s="11" t="e">
-[...155 lines deleted...]
-    <row r="14" spans="1:16" customHeight="1" ht="28.8">
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="B13" s="8">
+        <v>0.1538</v>
+      </c>
+      <c r="C13" s="8">
+        <v>0.1514</v>
+      </c>
+      <c r="D13" s="8">
+        <v>0.1504</v>
+      </c>
+      <c r="E13" s="8">
+        <v>0.1479</v>
+      </c>
+      <c r="F13" s="8">
+        <v>0.142</v>
+      </c>
+      <c r="G13" s="8">
+        <v>0.1376</v>
+      </c>
+      <c r="H13" s="8">
+        <v>0.136</v>
+      </c>
+      <c r="I13" s="8">
+        <v>0.1374</v>
+      </c>
+      <c r="J13" s="8">
+        <v>0.1442</v>
+      </c>
+      <c r="K13" s="8">
+        <v>0.149</v>
+      </c>
+      <c r="L13" s="8">
+        <v>0.1527</v>
+      </c>
+      <c r="M13" s="8">
+        <v>0.1521</v>
+      </c>
+      <c r="N13" s="8">
+        <v>0.152</v>
+      </c>
+      <c r="O13" s="8">
+        <v>0.1512</v>
+      </c>
+      <c r="P13" s="8">
+        <v>0.1519</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
       <c r="A14" s="14" t="s">
-        <v>33</v>
+        <v>17</v>
+      </c>
+      <c r="B14" s="8">
+        <v>0.3625</v>
+      </c>
+      <c r="C14" s="8">
+        <v>0.3637</v>
+      </c>
+      <c r="D14" s="8">
+        <v>0.3629</v>
+      </c>
+      <c r="E14" s="8">
+        <v>0.3135</v>
+      </c>
+      <c r="F14" s="8">
+        <v>0.3116</v>
+      </c>
+      <c r="G14" s="8">
+        <v>0.3051</v>
+      </c>
+      <c r="H14" s="8">
+        <v>0.2995</v>
+      </c>
+      <c r="I14" s="8">
+        <v>0.3426</v>
+      </c>
+      <c r="J14" s="8">
+        <v>0.3395</v>
+      </c>
+      <c r="K14" s="8">
+        <v>0.3364</v>
+      </c>
+      <c r="L14" s="8">
+        <v>0.3391</v>
+      </c>
+      <c r="M14" s="8">
+        <v>0.3464</v>
+      </c>
+      <c r="N14" s="8">
+        <v>0.3545</v>
+      </c>
+      <c r="O14" s="8">
+        <v>0.3625</v>
+      </c>
+      <c r="P14" s="8">
+        <v>0.3672</v>
       </c>
     </row>
     <row r="15" spans="1:16">
-      <c r="A15" s="15" t="s">
-[...45 lines deleted...]
-        <v>#N/A</v>
+      <c r="A15" s="14" t="s">
+        <v>18</v>
+      </c>
+      <c r="B15" s="8">
+        <v>0.285</v>
+      </c>
+      <c r="C15" s="8">
+        <v>0.2771</v>
+      </c>
+      <c r="D15" s="8">
+        <v>0.3</v>
+      </c>
+      <c r="E15" s="8">
+        <v>0.291</v>
+      </c>
+      <c r="F15" s="8">
+        <v>0.2826</v>
+      </c>
+      <c r="G15" s="8">
+        <v>0.2819</v>
+      </c>
+      <c r="H15" s="8">
+        <v>0.2891</v>
+      </c>
+      <c r="I15" s="8">
+        <v>0.3059</v>
+      </c>
+      <c r="J15" s="8">
+        <v>0.2871</v>
+      </c>
+      <c r="K15" s="8">
+        <v>0.2878</v>
+      </c>
+      <c r="L15" s="8">
+        <v>0.2926</v>
+      </c>
+      <c r="M15" s="8">
+        <v>0.3015</v>
+      </c>
+      <c r="N15" s="8">
+        <v>0.3081</v>
+      </c>
+      <c r="O15" s="8">
+        <v>0.302</v>
+      </c>
+      <c r="P15" s="8">
+        <v>0.2835</v>
       </c>
     </row>
     <row r="16" spans="1:16">
-      <c r="A16" s="15" t="s">
-[...45 lines deleted...]
-        <v>#N/A</v>
+      <c r="A16" s="14" t="s">
+        <v>19</v>
+      </c>
+      <c r="B16" s="8">
+        <v>-0.0015</v>
+      </c>
+      <c r="C16" s="8">
+        <v>0.0152</v>
+      </c>
+      <c r="D16" s="8">
+        <v>0.0074</v>
+      </c>
+      <c r="E16" s="8">
+        <v>-0.0007</v>
+      </c>
+      <c r="F16" s="8">
+        <v>-0.0327</v>
+      </c>
+      <c r="G16" s="8">
+        <v>-0.0578</v>
+      </c>
+      <c r="H16" s="8">
+        <v>-0.0759</v>
+      </c>
+      <c r="I16" s="8">
+        <v>-0.0848</v>
+      </c>
+      <c r="J16" s="8">
+        <v>-0.0748</v>
+      </c>
+      <c r="K16" s="8">
+        <v>-0.0741</v>
+      </c>
+      <c r="L16" s="8">
+        <v>-0.0825</v>
+      </c>
+      <c r="M16" s="8">
+        <v>-0.0982</v>
+      </c>
+      <c r="N16" s="8">
+        <v>-0.1049</v>
+      </c>
+      <c r="O16" s="8">
+        <v>-0.1043</v>
+      </c>
+      <c r="P16" s="8">
+        <v>-0.1014</v>
       </c>
     </row>
     <row r="17" spans="1:16">
-      <c r="A17" s="15" t="s">
-[...45 lines deleted...]
-        <v>#N/A</v>
+      <c r="A17" s="14" t="s">
+        <v>20</v>
+      </c>
+      <c r="B17" s="8">
+        <v>-0.0138</v>
+      </c>
+      <c r="C17" s="8">
+        <v>-0.0061</v>
+      </c>
+      <c r="D17" s="8">
+        <v>0.0105</v>
+      </c>
+      <c r="E17" s="8">
+        <v>0.0202</v>
+      </c>
+      <c r="F17" s="8">
+        <v>0.0286</v>
+      </c>
+      <c r="G17" s="8">
+        <v>0.0201</v>
+      </c>
+      <c r="H17" s="8">
+        <v>0.006</v>
+      </c>
+      <c r="I17" s="8">
+        <v>-0.0157</v>
+      </c>
+      <c r="J17" s="8">
+        <v>-0.0477</v>
+      </c>
+      <c r="K17" s="8">
+        <v>-0.0648</v>
+      </c>
+      <c r="L17" s="8">
+        <v>-0.058</v>
+      </c>
+      <c r="M17" s="8">
+        <v>-0.035</v>
+      </c>
+      <c r="N17" s="8">
+        <v>-0.0102</v>
+      </c>
+      <c r="O17" s="8">
+        <v>0.0079</v>
+      </c>
+      <c r="P17" s="8">
+        <v>0.0034</v>
       </c>
     </row>
     <row r="18" spans="1:16">
-      <c r="A18" s="15" t="s">
-[...45 lines deleted...]
-        <v>#N/A</v>
+      <c r="A18" s="14" t="s">
+        <v>21</v>
+      </c>
+      <c r="B18" s="8">
+        <v>0.1708</v>
+      </c>
+      <c r="C18" s="8">
+        <v>0.1608</v>
+      </c>
+      <c r="D18" s="8">
+        <v>0.1534</v>
+      </c>
+      <c r="E18" s="8">
+        <v>0.1495</v>
+      </c>
+      <c r="F18" s="8">
+        <v>0.1509</v>
+      </c>
+      <c r="G18" s="8">
+        <v>0.1546</v>
+      </c>
+      <c r="H18" s="8">
+        <v>0.1513</v>
+      </c>
+      <c r="I18" s="8">
+        <v>0.1517</v>
+      </c>
+      <c r="J18" s="8">
+        <v>0.1458</v>
+      </c>
+      <c r="K18" s="8">
+        <v>0.1388</v>
+      </c>
+      <c r="L18" s="8">
+        <v>0.1349</v>
+      </c>
+      <c r="M18" s="8">
+        <v>0.135</v>
+      </c>
+      <c r="N18" s="8">
+        <v>0.1292</v>
+      </c>
+      <c r="O18" s="8">
+        <v>0.1277</v>
+      </c>
+      <c r="P18" s="8">
+        <v>0.123</v>
       </c>
     </row>
     <row r="19" spans="1:16">
-      <c r="A19" s="15" t="s">
-[...45 lines deleted...]
-        <v>#N/A</v>
+      <c r="A19" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="B19" s="8">
+        <v>0.2438</v>
+      </c>
+      <c r="C19" s="8">
+        <v>0.2224</v>
+      </c>
+      <c r="D19" s="8">
+        <v>0.2166</v>
+      </c>
+      <c r="E19" s="8">
+        <v>0.2229</v>
+      </c>
+      <c r="F19" s="8">
+        <v>0.2402</v>
+      </c>
+      <c r="G19" s="8">
+        <v>0.23</v>
+      </c>
+      <c r="H19" s="8">
+        <v>0.2286</v>
+      </c>
+      <c r="I19" s="8">
+        <v>0.2186</v>
+      </c>
+      <c r="J19" s="8">
+        <v>0.2167</v>
+      </c>
+      <c r="K19" s="8">
+        <v>0.1948</v>
+      </c>
+      <c r="L19" s="8">
+        <v>0.1841</v>
+      </c>
+      <c r="M19" s="8">
+        <v>0.202</v>
+      </c>
+      <c r="N19" s="8">
+        <v>0.2368</v>
+      </c>
+      <c r="O19" s="8">
+        <v>0.2249</v>
+      </c>
+      <c r="P19" s="8">
+        <v>0.241</v>
       </c>
     </row>
     <row r="20" spans="1:16">
-      <c r="A20" s="15" t="s">
-[...45 lines deleted...]
-        <v>#N/A</v>
+      <c r="A20" s="14" t="s">
+        <v>23</v>
+      </c>
+      <c r="B20" s="8">
+        <v>0.4523</v>
+      </c>
+      <c r="C20" s="8">
+        <v>0.4496</v>
+      </c>
+      <c r="D20" s="8">
+        <v>0.4449</v>
+      </c>
+      <c r="E20" s="8">
+        <v>0.4464</v>
+      </c>
+      <c r="F20" s="8">
+        <v>0.447</v>
+      </c>
+      <c r="G20" s="8">
+        <v>0.4417</v>
+      </c>
+      <c r="H20" s="8">
+        <v>0.4301</v>
+      </c>
+      <c r="I20" s="8">
+        <v>0.4177</v>
+      </c>
+      <c r="J20" s="8">
+        <v>0.4085</v>
+      </c>
+      <c r="K20" s="8">
+        <v>0.4058</v>
+      </c>
+      <c r="L20" s="8">
+        <v>0.4169</v>
+      </c>
+      <c r="M20" s="8">
+        <v>0.4206</v>
+      </c>
+      <c r="N20" s="8">
+        <v>0.4256</v>
+      </c>
+      <c r="O20" s="8">
+        <v>0.4252</v>
+      </c>
+      <c r="P20" s="8">
+        <v>0.4214</v>
       </c>
     </row>
     <row r="21" spans="1:16">
-      <c r="A21" s="15" t="s">
-[...45 lines deleted...]
-        <v>#N/A</v>
+      <c r="A21" s="14" t="s">
+        <v>24</v>
+      </c>
+      <c r="B21" s="8">
+        <v>0.3093</v>
+      </c>
+      <c r="C21" s="8">
+        <v>0.303</v>
+      </c>
+      <c r="D21" s="8">
+        <v>0.2982</v>
+      </c>
+      <c r="E21" s="8">
+        <v>0.2899</v>
+      </c>
+      <c r="F21" s="8">
+        <v>0.282</v>
+      </c>
+      <c r="G21" s="8">
+        <v>0.2773</v>
+      </c>
+      <c r="H21" s="8">
+        <v>0.2701</v>
+      </c>
+      <c r="I21" s="8">
+        <v>0.2621</v>
+      </c>
+      <c r="J21" s="8">
+        <v>0.2806</v>
+      </c>
+      <c r="K21" s="8">
+        <v>0.3042</v>
+      </c>
+      <c r="L21" s="8">
+        <v>0.2292</v>
+      </c>
+      <c r="M21" s="8">
+        <v>0.2574</v>
+      </c>
+      <c r="N21" s="8">
+        <v>0.2622</v>
+      </c>
+      <c r="O21" s="8">
+        <v>0.2662</v>
+      </c>
+      <c r="P21" s="8">
+        <v>0.3778</v>
       </c>
     </row>
     <row r="22" spans="1:16">
-      <c r="A22" s="15" t="s">
-[...45 lines deleted...]
-        <v>#N/A</v>
+      <c r="A22" s="14" t="s">
+        <v>25</v>
+      </c>
+      <c r="B22" s="8">
+        <v>0.2181</v>
+      </c>
+      <c r="C22" s="8">
+        <v>0.1655</v>
+      </c>
+      <c r="D22" s="8">
+        <v>0.1302</v>
+      </c>
+      <c r="E22" s="8">
+        <v>0.1083</v>
+      </c>
+      <c r="F22" s="8">
+        <v>0.138</v>
+      </c>
+      <c r="G22" s="8">
+        <v>0.1178</v>
+      </c>
+      <c r="H22" s="8">
+        <v>0.0843</v>
+      </c>
+      <c r="I22" s="8">
+        <v>0.0539</v>
+      </c>
+      <c r="J22" s="8">
+        <v>0.0171</v>
+      </c>
+      <c r="K22" s="8">
+        <v>-0.0322</v>
+      </c>
+      <c r="L22" s="8">
+        <v>-0.0593</v>
+      </c>
+      <c r="M22" s="8">
+        <v>-0.0846</v>
+      </c>
+      <c r="N22" s="8">
+        <v>-0.1105</v>
+      </c>
+      <c r="O22" s="8">
+        <v>-0.133</v>
+      </c>
+      <c r="P22" s="8">
+        <v>-0.2043</v>
       </c>
     </row>
     <row r="23" spans="1:16">
-      <c r="A23" s="15" t="s">
-[...45 lines deleted...]
-        <v>#N/A</v>
+      <c r="A23" s="14" t="s">
+        <v>26</v>
+      </c>
+      <c r="B23" s="8">
+        <v>0.1109</v>
+      </c>
+      <c r="C23" s="8">
+        <v>0.1099</v>
+      </c>
+      <c r="D23" s="8">
+        <v>0.0911</v>
+      </c>
+      <c r="E23" s="8">
+        <v>0.0852</v>
+      </c>
+      <c r="F23" s="8">
+        <v>0.0897</v>
+      </c>
+      <c r="G23" s="8">
+        <v>0.0798</v>
+      </c>
+      <c r="H23" s="8">
+        <v>0.0815</v>
+      </c>
+      <c r="I23" s="8">
+        <v>0.0562</v>
+      </c>
+      <c r="J23" s="8">
+        <v>0.023</v>
+      </c>
+      <c r="K23" s="8">
+        <v>0.0037</v>
+      </c>
+      <c r="L23" s="8">
+        <v>-0.0156</v>
+      </c>
+      <c r="M23" s="8">
+        <v>-0.0343</v>
+      </c>
+      <c r="N23" s="8">
+        <v>-0.0512</v>
+      </c>
+      <c r="O23" s="8">
+        <v>-0.0674</v>
+      </c>
+      <c r="P23" s="8">
+        <v>-0.0751</v>
       </c>
     </row>
     <row r="24" spans="1:16">
-      <c r="A24" s="15" t="s">
-[...45 lines deleted...]
-        <v>#N/A</v>
+      <c r="A24" s="14" t="s">
+        <v>27</v>
+      </c>
+      <c r="B24" s="8">
+        <v>0.1884</v>
+      </c>
+      <c r="C24" s="8">
+        <v>0.1814</v>
+      </c>
+      <c r="D24" s="8">
+        <v>0.1765</v>
+      </c>
+      <c r="E24" s="8">
+        <v>0.1438</v>
+      </c>
+      <c r="F24" s="8">
+        <v>0.1103</v>
+      </c>
+      <c r="G24" s="8">
+        <v>0.0818</v>
+      </c>
+      <c r="H24" s="8">
+        <v>0.0442</v>
+      </c>
+      <c r="I24" s="8">
+        <v>0.0329</v>
+      </c>
+      <c r="J24" s="8">
+        <v>0.0164</v>
+      </c>
+      <c r="K24" s="8">
+        <v>0.0026</v>
+      </c>
+      <c r="L24" s="8">
+        <v>0.0077</v>
+      </c>
+      <c r="M24" s="8">
+        <v>0.0207</v>
+      </c>
+      <c r="N24" s="8">
+        <v>0.0367</v>
+      </c>
+      <c r="O24" s="8">
+        <v>0.0469</v>
+      </c>
+      <c r="P24" s="8">
+        <v>0.0425</v>
       </c>
     </row>
     <row r="25" spans="1:16">
-      <c r="A25" s="15" t="s">
-[...45 lines deleted...]
-        <v>#N/A</v>
+      <c r="A25" s="14" t="s">
+        <v>28</v>
+      </c>
+      <c r="B25" s="8">
+        <v>0.1385</v>
+      </c>
+      <c r="C25" s="8">
+        <v>0.1328</v>
+      </c>
+      <c r="D25" s="8">
+        <v>0.1293</v>
+      </c>
+      <c r="E25" s="8">
+        <v>0.1242</v>
+      </c>
+      <c r="F25" s="8">
+        <v>0.1204</v>
+      </c>
+      <c r="G25" s="8">
+        <v>0.1078</v>
+      </c>
+      <c r="H25" s="8">
+        <v>0.1002</v>
+      </c>
+      <c r="I25" s="8">
+        <v>0.0849</v>
+      </c>
+      <c r="J25" s="8">
+        <v>0.0764</v>
+      </c>
+      <c r="K25" s="8">
+        <v>0.0632</v>
+      </c>
+      <c r="L25" s="8">
+        <v>0.0541</v>
+      </c>
+      <c r="M25" s="8">
+        <v>0.049</v>
+      </c>
+      <c r="N25" s="8">
+        <v>0.034</v>
+      </c>
+      <c r="O25" s="8">
+        <v>0.033</v>
+      </c>
+      <c r="P25" s="8">
+        <v>0.0395</v>
       </c>
     </row>
     <row r="26" spans="1:16">
-      <c r="A26" s="15" t="s">
-[...45 lines deleted...]
-        <v>#N/A</v>
+      <c r="A26" s="14" t="s">
+        <v>29</v>
+      </c>
+      <c r="B26" s="8">
+        <v>0.1716</v>
+      </c>
+      <c r="C26" s="8">
+        <v>0.2088</v>
+      </c>
+      <c r="D26" s="8">
+        <v>0.2067</v>
+      </c>
+      <c r="E26" s="8">
+        <v>0.2213</v>
+      </c>
+      <c r="F26" s="8">
+        <v>0.2422</v>
+      </c>
+      <c r="G26" s="8">
+        <v>0.2331</v>
+      </c>
+      <c r="H26" s="8">
+        <v>0.228</v>
+      </c>
+      <c r="I26" s="8">
+        <v>0.2172</v>
+      </c>
+      <c r="J26" s="8">
+        <v>0.1911</v>
+      </c>
+      <c r="K26" s="8">
+        <v>0.1881</v>
+      </c>
+      <c r="L26" s="8">
+        <v>0.207</v>
+      </c>
+      <c r="M26" s="8">
+        <v>0.2287</v>
+      </c>
+      <c r="N26" s="8">
+        <v>0.2293</v>
+      </c>
+      <c r="O26" s="8">
+        <v>0.2318</v>
+      </c>
+      <c r="P26" s="8">
+        <v>0.2072</v>
       </c>
     </row>
     <row r="27" spans="1:16">
-      <c r="A27" s="15" t="s">
-[...45 lines deleted...]
-        <v>#N/A</v>
+      <c r="A27" s="14" t="s">
+        <v>30</v>
+      </c>
+      <c r="B27" s="8">
+        <v>0.0513</v>
+      </c>
+      <c r="C27" s="8">
+        <v>0.0434</v>
+      </c>
+      <c r="D27" s="8">
+        <v>0.0353</v>
+      </c>
+      <c r="E27" s="8">
+        <v>0.0252</v>
+      </c>
+      <c r="F27" s="8">
+        <v>0.0022</v>
+      </c>
+      <c r="G27" s="8">
+        <v>-0.0147</v>
+      </c>
+      <c r="H27" s="8">
+        <v>-0.0262</v>
+      </c>
+      <c r="I27" s="8">
+        <v>-0.0357</v>
+      </c>
+      <c r="J27" s="8">
+        <v>-0.0394</v>
+      </c>
+      <c r="K27" s="8">
+        <v>-0.0324</v>
+      </c>
+      <c r="L27" s="8">
+        <v>-0.028</v>
+      </c>
+      <c r="M27" s="8">
+        <v>-0.0227</v>
+      </c>
+      <c r="N27" s="8">
+        <v>-0.0181</v>
+      </c>
+      <c r="O27" s="8">
+        <v>-0.0271</v>
+      </c>
+      <c r="P27" s="8">
+        <v>-0.0318</v>
       </c>
     </row>
     <row r="28" spans="1:16">
-      <c r="A28" s="15" t="s">
-[...116 lines deleted...]
-      <c r="P30" s="10"/>
+      <c r="A28" s="9" t="s">
+        <v>10</v>
+      </c>
+      <c r="B28" s="9"/>
+      <c r="C28" s="9"/>
+      <c r="D28" s="9"/>
+      <c r="E28" s="9"/>
+      <c r="F28" s="9"/>
+      <c r="G28" s="9"/>
+      <c r="H28" s="9"/>
+      <c r="I28" s="9"/>
+      <c r="J28" s="9"/>
+      <c r="K28" s="9"/>
+      <c r="L28" s="9"/>
+      <c r="M28" s="9"/>
+      <c r="N28" s="9"/>
+      <c r="O28" s="9"/>
+      <c r="P28" s="9"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P30"/>
+  <dimension ref="A1:P28"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
-      <selection activeCell="P30" sqref="P30"/>
+      <selection activeCell="P28" sqref="P28"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
+    <row r="2" spans="1:16">
+      <c r="A2" s="2" t="s">
+        <v>6</v>
+      </c>
+    </row>
     <row r="3" spans="1:16">
-      <c r="A3" s="2" t="s">
+      <c r="A3" s="3" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" s="4"/>
+      <c r="B5" s="5">
+        <v>45930</v>
+      </c>
+      <c r="C5" s="5">
+        <v>45838</v>
+      </c>
+      <c r="D5" s="5">
+        <v>45747</v>
+      </c>
+      <c r="E5" s="5">
+        <v>45657</v>
+      </c>
+      <c r="F5" s="5">
+        <v>45565</v>
+      </c>
+      <c r="G5" s="5">
+        <v>45473</v>
+      </c>
+      <c r="H5" s="5">
+        <v>45382</v>
+      </c>
+      <c r="I5" s="5">
+        <v>45291</v>
+      </c>
+      <c r="J5" s="5">
+        <v>45199</v>
+      </c>
+      <c r="K5" s="5">
+        <v>45107</v>
+      </c>
+      <c r="L5" s="5">
+        <v>45016</v>
+      </c>
+      <c r="M5" s="5">
+        <v>44926</v>
+      </c>
+      <c r="N5" s="5">
+        <v>44834</v>
+      </c>
+      <c r="O5" s="5">
+        <v>44742</v>
+      </c>
+      <c r="P5" s="5">
+        <v>44651</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16" customHeight="1" ht="34.8">
+      <c r="A6" s="6" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" s="7" t="s">
+        <v>33</v>
+      </c>
+      <c r="B7" s="10">
+        <v>835545.0</v>
+      </c>
+      <c r="C7" s="10">
+        <v>819531.0</v>
+      </c>
+      <c r="D7" s="10">
+        <v>576419.0</v>
+      </c>
+      <c r="E7" s="10">
+        <v>599204.0</v>
+      </c>
+      <c r="F7" s="10">
+        <v>434420.0</v>
+      </c>
+      <c r="G7" s="10">
+        <v>309969.0</v>
+      </c>
+      <c r="H7" s="10">
+        <v>236183.0</v>
+      </c>
+      <c r="I7" s="10">
+        <v>172233.0</v>
+      </c>
+      <c r="J7" s="10">
+        <v>108639.0</v>
+      </c>
+      <c r="K7" s="10">
+        <v>80357.0</v>
+      </c>
+      <c r="L7" s="10">
+        <v>-4518.0</v>
+      </c>
+      <c r="M7" s="10">
+        <v>-79512.0</v>
+      </c>
+      <c r="N7" s="10">
+        <v>23771.0</v>
+      </c>
+      <c r="O7" s="10">
+        <v>-21748.0</v>
+      </c>
+      <c r="P7" s="10">
+        <v>-115257.0</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="B8" s="10">
+        <v>1405045.0</v>
+      </c>
+      <c r="C8" s="10">
+        <v>1258754.0</v>
+      </c>
+      <c r="D8" s="10">
+        <v>1158974.0</v>
+      </c>
+      <c r="E8" s="10">
+        <v>1372779.0</v>
+      </c>
+      <c r="F8" s="10">
+        <v>1198235.0</v>
+      </c>
+      <c r="G8" s="10">
+        <v>1080119.0</v>
+      </c>
+      <c r="H8" s="10">
+        <v>1058115.0</v>
+      </c>
+      <c r="I8" s="10">
+        <v>953261.0</v>
+      </c>
+      <c r="J8" s="10">
+        <v>864256.0</v>
+      </c>
+      <c r="K8" s="10">
+        <v>750165.0</v>
+      </c>
+      <c r="L8" s="10">
+        <v>715405.0</v>
+      </c>
+      <c r="M8" s="10">
+        <v>702307.0</v>
+      </c>
+      <c r="N8" s="10">
+        <v>713099.0</v>
+      </c>
+      <c r="O8" s="10">
+        <v>776231.0</v>
+      </c>
+      <c r="P8" s="10">
+        <v>625421.0</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16" customHeight="1" ht="34.8">
+      <c r="A9" s="6" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="4" spans="1:16">
-[...63 lines deleted...]
-      <c r="A9" s="8" t="s">
+    <row r="10" spans="1:16">
+      <c r="A10" s="11" t="s">
+        <v>6</v>
+      </c>
+      <c r="B10" s="12">
+        <v>0.5448</v>
+      </c>
+      <c r="C10" s="12">
+        <v>0.487</v>
+      </c>
+      <c r="D10" s="12">
+        <v>0.3992</v>
+      </c>
+      <c r="E10" s="12">
+        <v>0.3355</v>
+      </c>
+      <c r="F10" s="12">
+        <v>0.2687</v>
+      </c>
+      <c r="G10" s="12">
+        <v>0.2091</v>
+      </c>
+      <c r="H10" s="12">
+        <v>0.1648</v>
+      </c>
+      <c r="I10" s="12">
+        <v>0.1087</v>
+      </c>
+      <c r="J10" s="12">
+        <v>0.0346</v>
+      </c>
+      <c r="K10" s="12">
+        <v>0.007</v>
+      </c>
+      <c r="L10" s="12">
+        <v>-0.0282</v>
+      </c>
+      <c r="M10" s="12">
+        <v>-0.0684</v>
+      </c>
+      <c r="N10" s="12">
+        <v>-0.0282</v>
+      </c>
+      <c r="O10" s="12">
+        <v>-0.0361</v>
+      </c>
+      <c r="P10" s="12">
+        <v>-0.0246</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16" customHeight="1" ht="34.8">
+      <c r="A11" s="6" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16" customHeight="1" ht="28.8">
+      <c r="A12" s="13" t="s">
         <v>34</v>
       </c>
-      <c r="B9" s="11" t="e">
-[...155 lines deleted...]
-    <row r="14" spans="1:16" customHeight="1" ht="28.8">
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="B13" s="8">
+        <v>0.1161</v>
+      </c>
+      <c r="C13" s="8">
+        <v>0.1143</v>
+      </c>
+      <c r="D13" s="8">
+        <v>0.1141</v>
+      </c>
+      <c r="E13" s="8">
+        <v>0.1119</v>
+      </c>
+      <c r="F13" s="8">
+        <v>0.1078</v>
+      </c>
+      <c r="G13" s="8">
+        <v>0.1089</v>
+      </c>
+      <c r="H13" s="8">
+        <v>0.1065</v>
+      </c>
+      <c r="I13" s="8">
+        <v>0.1072</v>
+      </c>
+      <c r="J13" s="8">
+        <v>0.1127</v>
+      </c>
+      <c r="K13" s="8">
+        <v>0.1099</v>
+      </c>
+      <c r="L13" s="8">
+        <v>0.113</v>
+      </c>
+      <c r="M13" s="8">
+        <v>0.1117</v>
+      </c>
+      <c r="N13" s="8">
+        <v>0.1112</v>
+      </c>
+      <c r="O13" s="8">
+        <v>0.1127</v>
+      </c>
+      <c r="P13" s="8">
+        <v>0.1153</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
       <c r="A14" s="14" t="s">
-        <v>35</v>
+        <v>17</v>
+      </c>
+      <c r="B14" s="8">
+        <v>0.3001</v>
+      </c>
+      <c r="C14" s="8">
+        <v>0.3039</v>
+      </c>
+      <c r="D14" s="8">
+        <v>0.3063</v>
+      </c>
+      <c r="E14" s="8">
+        <v>0.2585</v>
+      </c>
+      <c r="F14" s="8">
+        <v>0.2559</v>
+      </c>
+      <c r="G14" s="8">
+        <v>0.2486</v>
+      </c>
+      <c r="H14" s="8">
+        <v>0.2408</v>
+      </c>
+      <c r="I14" s="8">
+        <v>0.2797</v>
+      </c>
+      <c r="J14" s="8">
+        <v>0.2712</v>
+      </c>
+      <c r="K14" s="8">
+        <v>0.2634</v>
+      </c>
+      <c r="L14" s="8">
+        <v>0.2632</v>
+      </c>
+      <c r="M14" s="8">
+        <v>0.2701</v>
+      </c>
+      <c r="N14" s="8">
+        <v>0.28</v>
+      </c>
+      <c r="O14" s="8">
+        <v>0.2929</v>
+      </c>
+      <c r="P14" s="8">
+        <v>0.299</v>
       </c>
     </row>
     <row r="15" spans="1:16">
-      <c r="A15" s="15" t="s">
-[...45 lines deleted...]
-        <v>#N/A</v>
+      <c r="A15" s="14" t="s">
+        <v>18</v>
+      </c>
+      <c r="B15" s="8">
+        <v>0.2035</v>
+      </c>
+      <c r="C15" s="8">
+        <v>0.1988</v>
+      </c>
+      <c r="D15" s="8">
+        <v>0.2219</v>
+      </c>
+      <c r="E15" s="8">
+        <v>0.2274</v>
+      </c>
+      <c r="F15" s="8">
+        <v>0.2387</v>
+      </c>
+      <c r="G15" s="8">
+        <v>0.2536</v>
+      </c>
+      <c r="H15" s="8">
+        <v>0.2568</v>
+      </c>
+      <c r="I15" s="8">
+        <v>0.2546</v>
+      </c>
+      <c r="J15" s="8">
+        <v>0.2442</v>
+      </c>
+      <c r="K15" s="8">
+        <v>0.2341</v>
+      </c>
+      <c r="L15" s="8">
+        <v>0.2323</v>
+      </c>
+      <c r="M15" s="8">
+        <v>0.2384</v>
+      </c>
+      <c r="N15" s="8">
+        <v>0.2286</v>
+      </c>
+      <c r="O15" s="8">
+        <v>0.2361</v>
+      </c>
+      <c r="P15" s="8">
+        <v>0.2359</v>
       </c>
     </row>
     <row r="16" spans="1:16">
-      <c r="A16" s="15" t="s">
-[...45 lines deleted...]
-        <v>#N/A</v>
+      <c r="A16" s="14" t="s">
+        <v>19</v>
+      </c>
+      <c r="B16" s="8">
+        <v>0.0339</v>
+      </c>
+      <c r="C16" s="8">
+        <v>0.0484</v>
+      </c>
+      <c r="D16" s="8">
+        <v>0.0401</v>
+      </c>
+      <c r="E16" s="8">
+        <v>0.0292</v>
+      </c>
+      <c r="F16" s="8">
+        <v>-0.0042</v>
+      </c>
+      <c r="G16" s="8">
+        <v>-0.0354</v>
+      </c>
+      <c r="H16" s="8">
+        <v>-0.0618</v>
+      </c>
+      <c r="I16" s="8">
+        <v>-0.0818</v>
+      </c>
+      <c r="J16" s="8">
+        <v>-0.0873</v>
+      </c>
+      <c r="K16" s="8">
+        <v>-0.0945</v>
+      </c>
+      <c r="L16" s="8">
+        <v>-0.1108</v>
+      </c>
+      <c r="M16" s="8">
+        <v>-0.1618</v>
+      </c>
+      <c r="N16" s="8">
+        <v>-0.1648</v>
+      </c>
+      <c r="O16" s="8">
+        <v>-0.1634</v>
+      </c>
+      <c r="P16" s="8">
+        <v>-0.1586</v>
       </c>
     </row>
     <row r="17" spans="1:16">
-      <c r="A17" s="15" t="s">
-[...45 lines deleted...]
-        <v>#N/A</v>
+      <c r="A17" s="14" t="s">
+        <v>20</v>
+      </c>
+      <c r="B17" s="8">
+        <v>0.0332</v>
+      </c>
+      <c r="C17" s="8">
+        <v>0.0413</v>
+      </c>
+      <c r="D17" s="8">
+        <v>0.0585</v>
+      </c>
+      <c r="E17" s="8">
+        <v>0.0685</v>
+      </c>
+      <c r="F17" s="8">
+        <v>0.0758</v>
+      </c>
+      <c r="G17" s="8">
+        <v>0.0681</v>
+      </c>
+      <c r="H17" s="8">
+        <v>0.0511</v>
+      </c>
+      <c r="I17" s="8">
+        <v>0.0228</v>
+      </c>
+      <c r="J17" s="8">
+        <v>-0.0172</v>
+      </c>
+      <c r="K17" s="8">
+        <v>-0.0438</v>
+      </c>
+      <c r="L17" s="8">
+        <v>-0.0468</v>
+      </c>
+      <c r="M17" s="8">
+        <v>-0.0299</v>
+      </c>
+      <c r="N17" s="8">
+        <v>-0.0091</v>
+      </c>
+      <c r="O17" s="8">
+        <v>0.0048</v>
+      </c>
+      <c r="P17" s="8">
+        <v>0.0017</v>
       </c>
     </row>
     <row r="18" spans="1:16">
-      <c r="A18" s="15" t="s">
-[...45 lines deleted...]
-        <v>#N/A</v>
+      <c r="A18" s="14" t="s">
+        <v>21</v>
+      </c>
+      <c r="B18" s="8">
+        <v>0.1209</v>
+      </c>
+      <c r="C18" s="8">
+        <v>0.0911</v>
+      </c>
+      <c r="D18" s="8">
+        <v>0.0871</v>
+      </c>
+      <c r="E18" s="8">
+        <v>0.096</v>
+      </c>
+      <c r="F18" s="8">
+        <v>0.1022</v>
+      </c>
+      <c r="G18" s="8">
+        <v>0.1352</v>
+      </c>
+      <c r="H18" s="8">
+        <v>0.1318</v>
+      </c>
+      <c r="I18" s="8">
+        <v>0.1213</v>
+      </c>
+      <c r="J18" s="8">
+        <v>0.1132</v>
+      </c>
+      <c r="K18" s="8">
+        <v>0.0334</v>
+      </c>
+      <c r="L18" s="8">
+        <v>0.0303</v>
+      </c>
+      <c r="M18" s="8">
+        <v>0.0271</v>
+      </c>
+      <c r="N18" s="8">
+        <v>0.0208</v>
+      </c>
+      <c r="O18" s="8">
+        <v>0.0936</v>
+      </c>
+      <c r="P18" s="8">
+        <v>0.0946</v>
       </c>
     </row>
     <row r="19" spans="1:16">
-      <c r="A19" s="15" t="s">
-[...45 lines deleted...]
-        <v>#N/A</v>
+      <c r="A19" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="B19" s="8">
+        <v>0.1907</v>
+      </c>
+      <c r="C19" s="8">
+        <v>0.1769</v>
+      </c>
+      <c r="D19" s="8">
+        <v>0.1759</v>
+      </c>
+      <c r="E19" s="8">
+        <v>0.1819</v>
+      </c>
+      <c r="F19" s="8">
+        <v>0.1943</v>
+      </c>
+      <c r="G19" s="8">
+        <v>0.1835</v>
+      </c>
+      <c r="H19" s="8">
+        <v>0.1753</v>
+      </c>
+      <c r="I19" s="8">
+        <v>0.1659</v>
+      </c>
+      <c r="J19" s="8">
+        <v>0.1591</v>
+      </c>
+      <c r="K19" s="8">
+        <v>0.1422</v>
+      </c>
+      <c r="L19" s="8">
+        <v>0.141</v>
+      </c>
+      <c r="M19" s="8">
+        <v>0.1623</v>
+      </c>
+      <c r="N19" s="8">
+        <v>0.1944</v>
+      </c>
+      <c r="O19" s="8">
+        <v>0.1903</v>
+      </c>
+      <c r="P19" s="8">
+        <v>0.2028</v>
       </c>
     </row>
     <row r="20" spans="1:16">
-      <c r="A20" s="15" t="s">
-[...45 lines deleted...]
-        <v>#N/A</v>
+      <c r="A20" s="14" t="s">
+        <v>23</v>
+      </c>
+      <c r="B20" s="8">
+        <v>0.3579</v>
+      </c>
+      <c r="C20" s="8">
+        <v>0.3543</v>
+      </c>
+      <c r="D20" s="8">
+        <v>0.3561</v>
+      </c>
+      <c r="E20" s="8">
+        <v>0.3596</v>
+      </c>
+      <c r="F20" s="8">
+        <v>0.3643</v>
+      </c>
+      <c r="G20" s="8">
+        <v>0.3627</v>
+      </c>
+      <c r="H20" s="8">
+        <v>0.3531</v>
+      </c>
+      <c r="I20" s="8">
+        <v>0.3415</v>
+      </c>
+      <c r="J20" s="8">
+        <v>0.3325</v>
+      </c>
+      <c r="K20" s="8">
+        <v>0.3305</v>
+      </c>
+      <c r="L20" s="8">
+        <v>0.3437</v>
+      </c>
+      <c r="M20" s="8">
+        <v>0.3669</v>
+      </c>
+      <c r="N20" s="8">
+        <v>0.3763</v>
+      </c>
+      <c r="O20" s="8">
+        <v>0.385</v>
+      </c>
+      <c r="P20" s="8">
+        <v>0.3851</v>
       </c>
     </row>
     <row r="21" spans="1:16">
-      <c r="A21" s="15" t="s">
-[...45 lines deleted...]
-        <v>#N/A</v>
+      <c r="A21" s="14" t="s">
+        <v>24</v>
+      </c>
+      <c r="B21" s="8">
+        <v>0.218</v>
+      </c>
+      <c r="C21" s="8">
+        <v>0.2116</v>
+      </c>
+      <c r="D21" s="8">
+        <v>0.204</v>
+      </c>
+      <c r="E21" s="8">
+        <v>0.1976</v>
+      </c>
+      <c r="F21" s="8">
+        <v>0.2027</v>
+      </c>
+      <c r="G21" s="8">
+        <v>0.1963</v>
+      </c>
+      <c r="H21" s="8">
+        <v>0.184</v>
+      </c>
+      <c r="I21" s="8">
+        <v>0.1702</v>
+      </c>
+      <c r="J21" s="8">
+        <v>0.1746</v>
+      </c>
+      <c r="K21" s="8">
+        <v>0.1909</v>
+      </c>
+      <c r="L21" s="8">
+        <v>0.1315</v>
+      </c>
+      <c r="M21" s="8">
+        <v>0.1583</v>
+      </c>
+      <c r="N21" s="8">
+        <v>0.1808</v>
+      </c>
+      <c r="O21" s="8">
+        <v>0.2479</v>
+      </c>
+      <c r="P21" s="8">
+        <v>0.3416</v>
       </c>
     </row>
     <row r="22" spans="1:16">
-      <c r="A22" s="15" t="s">
-[...45 lines deleted...]
-        <v>#N/A</v>
+      <c r="A22" s="14" t="s">
+        <v>25</v>
+      </c>
+      <c r="B22" s="8">
+        <v>0.2811</v>
+      </c>
+      <c r="C22" s="8">
+        <v>0.2218</v>
+      </c>
+      <c r="D22" s="8">
+        <v>0.1832</v>
+      </c>
+      <c r="E22" s="8">
+        <v>0.1613</v>
+      </c>
+      <c r="F22" s="8">
+        <v>0.1801</v>
+      </c>
+      <c r="G22" s="8">
+        <v>0.1632</v>
+      </c>
+      <c r="H22" s="8">
+        <v>0.1279</v>
+      </c>
+      <c r="I22" s="8">
+        <v>0.0943</v>
+      </c>
+      <c r="J22" s="8">
+        <v>0.0693</v>
+      </c>
+      <c r="K22" s="8">
+        <v>-0.0235</v>
+      </c>
+      <c r="L22" s="8">
+        <v>-0.1287</v>
+      </c>
+      <c r="M22" s="8">
+        <v>-0.1961</v>
+      </c>
+      <c r="N22" s="8">
+        <v>-0.3064</v>
+      </c>
+      <c r="O22" s="8">
+        <v>-0.309</v>
+      </c>
+      <c r="P22" s="8">
+        <v>-0.3025</v>
       </c>
     </row>
     <row r="23" spans="1:16">
-      <c r="A23" s="15" t="s">
-[...45 lines deleted...]
-        <v>#N/A</v>
+      <c r="A23" s="14" t="s">
+        <v>26</v>
+      </c>
+      <c r="B23" s="8">
+        <v>0.1395</v>
+      </c>
+      <c r="C23" s="8">
+        <v>0.1464</v>
+      </c>
+      <c r="D23" s="8">
+        <v>0.3299</v>
+      </c>
+      <c r="E23" s="8">
+        <v>0.3211</v>
+      </c>
+      <c r="F23" s="8">
+        <v>0.3141</v>
+      </c>
+      <c r="G23" s="8">
+        <v>0.3024</v>
+      </c>
+      <c r="H23" s="8">
+        <v>0.0852</v>
+      </c>
+      <c r="I23" s="8">
+        <v>0.0638</v>
+      </c>
+      <c r="J23" s="8">
+        <v>0.0332</v>
+      </c>
+      <c r="K23" s="8">
+        <v>0.0056</v>
+      </c>
+      <c r="L23" s="8">
+        <v>-0.0246</v>
+      </c>
+      <c r="M23" s="8">
+        <v>-0.0485</v>
+      </c>
+      <c r="N23" s="8">
+        <v>-0.0754</v>
+      </c>
+      <c r="O23" s="8">
+        <v>-0.095</v>
+      </c>
+      <c r="P23" s="8">
+        <v>-0.112</v>
       </c>
     </row>
     <row r="24" spans="1:16">
-      <c r="A24" s="15" t="s">
-[...45 lines deleted...]
-        <v>#N/A</v>
+      <c r="A24" s="14" t="s">
+        <v>27</v>
+      </c>
+      <c r="B24" s="8">
+        <v>0.1596</v>
+      </c>
+      <c r="C24" s="8">
+        <v>0.1544</v>
+      </c>
+      <c r="D24" s="8">
+        <v>0.153</v>
+      </c>
+      <c r="E24" s="8">
+        <v>0.1187</v>
+      </c>
+      <c r="F24" s="8">
+        <v>0.0763</v>
+      </c>
+      <c r="G24" s="8">
+        <v>0.0477</v>
+      </c>
+      <c r="H24" s="8">
+        <v>0.0118</v>
+      </c>
+      <c r="I24" s="8">
+        <v>0.0066</v>
+      </c>
+      <c r="J24" s="8">
+        <v>0.0092</v>
+      </c>
+      <c r="K24" s="8">
+        <v>0.0183</v>
+      </c>
+      <c r="L24" s="8">
+        <v>0.0359</v>
+      </c>
+      <c r="M24" s="8">
+        <v>0.0545</v>
+      </c>
+      <c r="N24" s="8">
+        <v>0.0696</v>
+      </c>
+      <c r="O24" s="8">
+        <v>0.0999</v>
+      </c>
+      <c r="P24" s="8">
+        <v>0.1987</v>
       </c>
     </row>
     <row r="25" spans="1:16">
-      <c r="A25" s="15" t="s">
-[...45 lines deleted...]
-        <v>#N/A</v>
+      <c r="A25" s="14" t="s">
+        <v>28</v>
+      </c>
+      <c r="B25" s="8">
+        <v>0.1367</v>
+      </c>
+      <c r="C25" s="8">
+        <v>0.1378</v>
+      </c>
+      <c r="D25" s="8">
+        <v>0.1341</v>
+      </c>
+      <c r="E25" s="8">
+        <v>0.1297</v>
+      </c>
+      <c r="F25" s="8">
+        <v>0.1277</v>
+      </c>
+      <c r="G25" s="8">
+        <v>0.1151</v>
+      </c>
+      <c r="H25" s="8">
+        <v>0.2034</v>
+      </c>
+      <c r="I25" s="8">
+        <v>0.193</v>
+      </c>
+      <c r="J25" s="8">
+        <v>0.1872</v>
+      </c>
+      <c r="K25" s="8">
+        <v>0.1776</v>
+      </c>
+      <c r="L25" s="8">
+        <v>0.0525</v>
+      </c>
+      <c r="M25" s="8">
+        <v>0.0449</v>
+      </c>
+      <c r="N25" s="8">
+        <v>0.029</v>
+      </c>
+      <c r="O25" s="8">
+        <v>0.0279</v>
+      </c>
+      <c r="P25" s="8">
+        <v>0.0356</v>
       </c>
     </row>
     <row r="26" spans="1:16">
-      <c r="A26" s="15" t="s">
-[...45 lines deleted...]
-        <v>#N/A</v>
+      <c r="A26" s="14" t="s">
+        <v>29</v>
+      </c>
+      <c r="B26" s="8">
+        <v>0.3104</v>
+      </c>
+      <c r="C26" s="8">
+        <v>0.3477</v>
+      </c>
+      <c r="D26" s="8">
+        <v>0.3475</v>
+      </c>
+      <c r="E26" s="8">
+        <v>0.3694</v>
+      </c>
+      <c r="F26" s="8">
+        <v>0.246</v>
+      </c>
+      <c r="G26" s="8">
+        <v>0.2357</v>
+      </c>
+      <c r="H26" s="8">
+        <v>0.2349</v>
+      </c>
+      <c r="I26" s="8">
+        <v>0.2105</v>
+      </c>
+      <c r="J26" s="8">
+        <v>0.1871</v>
+      </c>
+      <c r="K26" s="8">
+        <v>0.1741</v>
+      </c>
+      <c r="L26" s="8">
+        <v>0.1822</v>
+      </c>
+      <c r="M26" s="8">
+        <v>0.1938</v>
+      </c>
+      <c r="N26" s="8">
+        <v>0.2086</v>
+      </c>
+      <c r="O26" s="8">
+        <v>0.2119</v>
+      </c>
+      <c r="P26" s="8">
+        <v>0.2018</v>
       </c>
     </row>
     <row r="27" spans="1:16">
-      <c r="A27" s="15" t="s">
-[...45 lines deleted...]
-        <v>#N/A</v>
+      <c r="A27" s="14" t="s">
+        <v>30</v>
+      </c>
+      <c r="B27" s="8">
+        <v>0.1987</v>
+      </c>
+      <c r="C27" s="8">
+        <v>0.196</v>
+      </c>
+      <c r="D27" s="8">
+        <v>0.1967</v>
+      </c>
+      <c r="E27" s="8">
+        <v>0.1902</v>
+      </c>
+      <c r="F27" s="8">
+        <v>0.0096</v>
+      </c>
+      <c r="G27" s="8">
+        <v>-0.0181</v>
+      </c>
+      <c r="H27" s="8">
+        <v>-0.0409</v>
+      </c>
+      <c r="I27" s="8">
+        <v>-0.059</v>
+      </c>
+      <c r="J27" s="8">
+        <v>-0.0529</v>
+      </c>
+      <c r="K27" s="8">
+        <v>-0.0346</v>
+      </c>
+      <c r="L27" s="8">
+        <v>-0.0049</v>
+      </c>
+      <c r="M27" s="8">
+        <v>0.0057</v>
+      </c>
+      <c r="N27" s="8">
+        <v>0.0063</v>
+      </c>
+      <c r="O27" s="8">
+        <v>-0.0079</v>
+      </c>
+      <c r="P27" s="8">
+        <v>-0.0381</v>
       </c>
     </row>
     <row r="28" spans="1:16">
-      <c r="A28" s="15" t="s">
-[...116 lines deleted...]
-      <c r="P30" s="10"/>
+      <c r="A28" s="9" t="s">
+        <v>10</v>
+      </c>
+      <c r="B28" s="9"/>
+      <c r="C28" s="9"/>
+      <c r="D28" s="9"/>
+      <c r="E28" s="9"/>
+      <c r="F28" s="9"/>
+      <c r="G28" s="9"/>
+      <c r="H28" s="9"/>
+      <c r="I28" s="9"/>
+      <c r="J28" s="9"/>
+      <c r="K28" s="9"/>
+      <c r="L28" s="9"/>
+      <c r="M28" s="9"/>
+      <c r="N28" s="9"/>
+      <c r="O28" s="9"/>
+      <c r="P28" s="9"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P30"/>
+  <dimension ref="A1:P28"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
-      <selection activeCell="P30" sqref="P30"/>
+      <selection activeCell="P28" sqref="P28"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
+    <row r="2" spans="1:16">
+      <c r="A2" s="2" t="s">
+        <v>8</v>
+      </c>
+    </row>
     <row r="3" spans="1:16">
-      <c r="A3" s="2" t="s">
+      <c r="A3" s="3" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" s="4"/>
+      <c r="B5" s="5">
+        <v>45930</v>
+      </c>
+      <c r="C5" s="5">
+        <v>45838</v>
+      </c>
+      <c r="D5" s="5">
+        <v>45747</v>
+      </c>
+      <c r="E5" s="5">
+        <v>45657</v>
+      </c>
+      <c r="F5" s="5">
+        <v>45565</v>
+      </c>
+      <c r="G5" s="5">
+        <v>45473</v>
+      </c>
+      <c r="H5" s="5">
+        <v>45382</v>
+      </c>
+      <c r="I5" s="5">
+        <v>45291</v>
+      </c>
+      <c r="J5" s="5">
+        <v>45199</v>
+      </c>
+      <c r="K5" s="5">
+        <v>45107</v>
+      </c>
+      <c r="L5" s="5">
+        <v>45016</v>
+      </c>
+      <c r="M5" s="5">
+        <v>44926</v>
+      </c>
+      <c r="N5" s="5">
+        <v>44834</v>
+      </c>
+      <c r="O5" s="5">
+        <v>44742</v>
+      </c>
+      <c r="P5" s="5">
+        <v>44651</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16" customHeight="1" ht="34.8">
+      <c r="A6" s="6" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" s="7" t="s">
+        <v>33</v>
+      </c>
+      <c r="B7" s="10">
+        <v>835545.0</v>
+      </c>
+      <c r="C7" s="10">
+        <v>819531.0</v>
+      </c>
+      <c r="D7" s="10">
+        <v>576419.0</v>
+      </c>
+      <c r="E7" s="10">
+        <v>599204.0</v>
+      </c>
+      <c r="F7" s="10">
+        <v>434420.0</v>
+      </c>
+      <c r="G7" s="10">
+        <v>309969.0</v>
+      </c>
+      <c r="H7" s="10">
+        <v>236183.0</v>
+      </c>
+      <c r="I7" s="10">
+        <v>172233.0</v>
+      </c>
+      <c r="J7" s="10">
+        <v>108639.0</v>
+      </c>
+      <c r="K7" s="10">
+        <v>80357.0</v>
+      </c>
+      <c r="L7" s="10">
+        <v>-4518.0</v>
+      </c>
+      <c r="M7" s="10">
+        <v>-79512.0</v>
+      </c>
+      <c r="N7" s="10">
+        <v>23771.0</v>
+      </c>
+      <c r="O7" s="10">
+        <v>-21748.0</v>
+      </c>
+      <c r="P7" s="10">
+        <v>-115257.0</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" s="7" t="s">
+        <v>35</v>
+      </c>
+      <c r="B8" s="10">
+        <v>1473920.0</v>
+      </c>
+      <c r="C8" s="10">
+        <v>1167127.0</v>
+      </c>
+      <c r="D8" s="10">
+        <v>575421.0</v>
+      </c>
+      <c r="E8" s="10">
+        <v>1089818.0</v>
+      </c>
+      <c r="F8" s="10">
+        <v>938206.0</v>
+      </c>
+      <c r="G8" s="10">
+        <v>814836.0</v>
+      </c>
+      <c r="H8" s="10">
+        <v>760204.0</v>
+      </c>
+      <c r="I8" s="10">
+        <v>1256329.0</v>
+      </c>
+      <c r="J8" s="10">
+        <v>1095790.0</v>
+      </c>
+      <c r="K8" s="10">
+        <v>1517400.0</v>
+      </c>
+      <c r="L8" s="10">
+        <v>1898580.0</v>
+      </c>
+      <c r="M8" s="10">
+        <v>1902677.0</v>
+      </c>
+      <c r="N8" s="10">
+        <v>1881902.0</v>
+      </c>
+      <c r="O8" s="10">
+        <v>1907175.0</v>
+      </c>
+      <c r="P8" s="10">
+        <v>2012295.0</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16" customHeight="1" ht="34.8">
+      <c r="A9" s="6" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="4" spans="1:16">
-[...111 lines deleted...]
-    </row>
     <row r="10" spans="1:16">
-      <c r="A10" s="8" t="s">
+      <c r="A10" s="11" t="s">
         <v>36</v>
       </c>
-      <c r="B10" s="11" t="e">
-[...42 lines deleted...]
-        <v>#N/A</v>
+      <c r="B10" s="12">
+        <v>1.9205</v>
+      </c>
+      <c r="C10" s="12">
+        <v>2.0817</v>
+      </c>
+      <c r="D10" s="12">
+        <v>3.3367</v>
+      </c>
+      <c r="E10" s="12">
+        <v>1.4496</v>
+      </c>
+      <c r="F10" s="12">
+        <v>1.2287</v>
+      </c>
+      <c r="G10" s="12">
+        <v>1.015</v>
+      </c>
+      <c r="H10" s="12">
+        <v>0.7859</v>
+      </c>
+      <c r="I10" s="12">
+        <v>0.2839</v>
+      </c>
+      <c r="J10" s="12">
+        <v>0.0958</v>
+      </c>
+      <c r="K10" s="12">
+        <v>0.0132</v>
+      </c>
+      <c r="L10" s="12">
+        <v>-0.0432</v>
+      </c>
+      <c r="M10" s="12">
+        <v>-0.1013</v>
+      </c>
+      <c r="N10" s="12">
+        <v>-0.0435</v>
+      </c>
+      <c r="O10" s="12">
+        <v>-0.0553</v>
+      </c>
+      <c r="P10" s="12">
+        <v>-0.0344</v>
       </c>
     </row>
     <row r="11" spans="1:16" customHeight="1" ht="34.8">
-      <c r="A11" s="7" t="s">
-[...4 lines deleted...]
-      <c r="A12" s="12" t="s">
+      <c r="A11" s="6" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16" customHeight="1" ht="28.8">
+      <c r="A12" s="13" t="s">
         <v>37</v>
       </c>
-      <c r="B12" s="13" t="e">
-[...50 lines deleted...]
-    <row r="14" spans="1:16" customHeight="1" ht="28.8">
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="B13" s="8">
+        <v>0.2601</v>
+      </c>
+      <c r="C13" s="8">
+        <v>0.2627</v>
+      </c>
+      <c r="D13" s="8">
+        <v>0.2593</v>
+      </c>
+      <c r="E13" s="8">
+        <v>0.2568</v>
+      </c>
+      <c r="F13" s="8">
+        <v>0.2506</v>
+      </c>
+      <c r="G13" s="8">
+        <v>0.2592</v>
+      </c>
+      <c r="H13" s="8">
+        <v>0.2579</v>
+      </c>
+      <c r="I13" s="8">
+        <v>0.2675</v>
+      </c>
+      <c r="J13" s="8">
+        <v>0.2828</v>
+      </c>
+      <c r="K13" s="8">
+        <v>0.292</v>
+      </c>
+      <c r="L13" s="8">
+        <v>0.3069</v>
+      </c>
+      <c r="M13" s="8">
+        <v>0.3111</v>
+      </c>
+      <c r="N13" s="8">
+        <v>0.3099</v>
+      </c>
+      <c r="O13" s="8">
+        <v>0.3109</v>
+      </c>
+      <c r="P13" s="8">
+        <v>0.3045</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
       <c r="A14" s="14" t="s">
-        <v>38</v>
+        <v>17</v>
+      </c>
+      <c r="B14" s="8">
+        <v>0.5911</v>
+      </c>
+      <c r="C14" s="8">
+        <v>0.6</v>
+      </c>
+      <c r="D14" s="8">
+        <v>0.5155</v>
+      </c>
+      <c r="E14" s="8">
+        <v>0.3942</v>
+      </c>
+      <c r="F14" s="8">
+        <v>0.3685</v>
+      </c>
+      <c r="G14" s="8">
+        <v>0.3422</v>
+      </c>
+      <c r="H14" s="8">
+        <v>0.3105</v>
+      </c>
+      <c r="I14" s="8">
+        <v>0.3286</v>
+      </c>
+      <c r="J14" s="8">
+        <v>0.3246</v>
+      </c>
+      <c r="K14" s="8">
+        <v>0.3271</v>
+      </c>
+      <c r="L14" s="8">
+        <v>0.3335</v>
+      </c>
+      <c r="M14" s="8">
+        <v>0.3385</v>
+      </c>
+      <c r="N14" s="8">
+        <v>0.3349</v>
+      </c>
+      <c r="O14" s="8">
+        <v>0.3496</v>
+      </c>
+      <c r="P14" s="8">
+        <v>0.3504</v>
       </c>
     </row>
     <row r="15" spans="1:16">
-      <c r="A15" s="15" t="s">
-[...45 lines deleted...]
-        <v>#N/A</v>
+      <c r="A15" s="14" t="s">
+        <v>18</v>
+      </c>
+      <c r="B15" s="8">
+        <v>0.2041</v>
+      </c>
+      <c r="C15" s="8">
+        <v>0.2021</v>
+      </c>
+      <c r="D15" s="8">
+        <v>0.2264</v>
+      </c>
+      <c r="E15" s="8">
+        <v>0.2258</v>
+      </c>
+      <c r="F15" s="8">
+        <v>0.2277</v>
+      </c>
+      <c r="G15" s="8">
+        <v>0.2477</v>
+      </c>
+      <c r="H15" s="8">
+        <v>0.2935</v>
+      </c>
+      <c r="I15" s="8">
+        <v>0.3058</v>
+      </c>
+      <c r="J15" s="8">
+        <v>0.3075</v>
+      </c>
+      <c r="K15" s="8">
+        <v>0.3059</v>
+      </c>
+      <c r="L15" s="8">
+        <v>0.2909</v>
+      </c>
+      <c r="M15" s="8">
+        <v>0.3093</v>
+      </c>
+      <c r="N15" s="8">
+        <v>0.2899</v>
+      </c>
+      <c r="O15" s="8">
+        <v>0.2953</v>
+      </c>
+      <c r="P15" s="8">
+        <v>0.2696</v>
       </c>
     </row>
     <row r="16" spans="1:16">
-      <c r="A16" s="15" t="s">
-[...45 lines deleted...]
-        <v>#N/A</v>
+      <c r="A16" s="14" t="s">
+        <v>19</v>
+      </c>
+      <c r="B16" s="8">
+        <v>0.0414</v>
+      </c>
+      <c r="C16" s="8">
+        <v>0.0597</v>
+      </c>
+      <c r="D16" s="8">
+        <v>0.0519</v>
+      </c>
+      <c r="E16" s="8">
+        <v>0.0388</v>
+      </c>
+      <c r="F16" s="8">
+        <v>-0.0058</v>
+      </c>
+      <c r="G16" s="8">
+        <v>-0.0509</v>
+      </c>
+      <c r="H16" s="8">
+        <v>-0.0942</v>
+      </c>
+      <c r="I16" s="8">
+        <v>-0.1252</v>
+      </c>
+      <c r="J16" s="8">
+        <v>-0.1352</v>
+      </c>
+      <c r="K16" s="8">
+        <v>-0.1414</v>
+      </c>
+      <c r="L16" s="8">
+        <v>-0.1644</v>
+      </c>
+      <c r="M16" s="8">
+        <v>-0.2289</v>
+      </c>
+      <c r="N16" s="8">
+        <v>-0.2234</v>
+      </c>
+      <c r="O16" s="8">
+        <v>-0.2056</v>
+      </c>
+      <c r="P16" s="8">
+        <v>-0.1866</v>
       </c>
     </row>
     <row r="17" spans="1:16">
-      <c r="A17" s="15" t="s">
-[...45 lines deleted...]
-        <v>#N/A</v>
+      <c r="A17" s="14" t="s">
+        <v>20</v>
+      </c>
+      <c r="B17" s="8">
+        <v>0.031</v>
+      </c>
+      <c r="C17" s="8">
+        <v>0.039</v>
+      </c>
+      <c r="D17" s="8">
+        <v>0.0568</v>
+      </c>
+      <c r="E17" s="8">
+        <v>0.0677</v>
+      </c>
+      <c r="F17" s="8">
+        <v>0.0731</v>
+      </c>
+      <c r="G17" s="8">
+        <v>0.0677</v>
+      </c>
+      <c r="H17" s="8">
+        <v>0.0523</v>
+      </c>
+      <c r="I17" s="8">
+        <v>0.024</v>
+      </c>
+      <c r="J17" s="8">
+        <v>-0.0191</v>
+      </c>
+      <c r="K17" s="8">
+        <v>-0.0504</v>
+      </c>
+      <c r="L17" s="8">
+        <v>-0.0555</v>
+      </c>
+      <c r="M17" s="8">
+        <v>-0.0356</v>
+      </c>
+      <c r="N17" s="8">
+        <v>-0.0108</v>
+      </c>
+      <c r="O17" s="8">
+        <v>0.0054</v>
+      </c>
+      <c r="P17" s="8">
+        <v>0.0018</v>
       </c>
     </row>
     <row r="18" spans="1:16">
-      <c r="A18" s="15" t="s">
-[...45 lines deleted...]
-        <v>#N/A</v>
+      <c r="A18" s="14" t="s">
+        <v>21</v>
+      </c>
+      <c r="B18" s="8">
+        <v>0.2834</v>
+      </c>
+      <c r="C18" s="8">
+        <v>0.212</v>
+      </c>
+      <c r="D18" s="8">
+        <v>0.2036</v>
+      </c>
+      <c r="E18" s="8">
+        <v>0.2206</v>
+      </c>
+      <c r="F18" s="8">
+        <v>0.2617</v>
+      </c>
+      <c r="G18" s="8">
+        <v>0.3509</v>
+      </c>
+      <c r="H18" s="8">
+        <v>0.3517</v>
+      </c>
+      <c r="I18" s="8">
+        <v>0.3329</v>
+      </c>
+      <c r="J18" s="8">
+        <v>0.3</v>
+      </c>
+      <c r="K18" s="8">
+        <v>0.0912</v>
+      </c>
+      <c r="L18" s="8">
+        <v>0.0848</v>
+      </c>
+      <c r="M18" s="8">
+        <v>0.0747</v>
+      </c>
+      <c r="N18" s="8">
+        <v>0.0629</v>
+      </c>
+      <c r="O18" s="8">
+        <v>0.2879</v>
+      </c>
+      <c r="P18" s="8">
+        <v>0.2898</v>
       </c>
     </row>
     <row r="19" spans="1:16">
-      <c r="A19" s="15" t="s">
-[...45 lines deleted...]
-        <v>#N/A</v>
+      <c r="A19" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="B19" s="8">
+        <v>0.1723</v>
+      </c>
+      <c r="C19" s="8">
+        <v>0.1692</v>
+      </c>
+      <c r="D19" s="8">
+        <v>0.161</v>
+      </c>
+      <c r="E19" s="8">
+        <v>0.1607</v>
+      </c>
+      <c r="F19" s="8">
+        <v>0.1638</v>
+      </c>
+      <c r="G19" s="8">
+        <v>0.1638</v>
+      </c>
+      <c r="H19" s="8">
+        <v>0.1521</v>
+      </c>
+      <c r="I19" s="8">
+        <v>0.1381</v>
+      </c>
+      <c r="J19" s="8">
+        <v>0.1273</v>
+      </c>
+      <c r="K19" s="8">
+        <v>0.1228</v>
+      </c>
+      <c r="L19" s="8">
+        <v>0.1169</v>
+      </c>
+      <c r="M19" s="8">
+        <v>0.1257</v>
+      </c>
+      <c r="N19" s="8">
+        <v>0.1475</v>
+      </c>
+      <c r="O19" s="8">
+        <v>0.1393</v>
+      </c>
+      <c r="P19" s="8">
+        <v>0.2149</v>
       </c>
     </row>
     <row r="20" spans="1:16">
-      <c r="A20" s="15" t="s">
-[...45 lines deleted...]
-        <v>#N/A</v>
+      <c r="A20" s="14" t="s">
+        <v>23</v>
+      </c>
+      <c r="B20" s="8">
+        <v>0.3002</v>
+      </c>
+      <c r="C20" s="8">
+        <v>0.3064</v>
+      </c>
+      <c r="D20" s="8">
+        <v>0.3146</v>
+      </c>
+      <c r="E20" s="8">
+        <v>0.3283</v>
+      </c>
+      <c r="F20" s="8">
+        <v>0.3404</v>
+      </c>
+      <c r="G20" s="8">
+        <v>0.3464</v>
+      </c>
+      <c r="H20" s="8">
+        <v>0.3493</v>
+      </c>
+      <c r="I20" s="8">
+        <v>0.3509</v>
+      </c>
+      <c r="J20" s="8">
+        <v>0.3545</v>
+      </c>
+      <c r="K20" s="8">
+        <v>0.3683</v>
+      </c>
+      <c r="L20" s="8">
+        <v>0.4021</v>
+      </c>
+      <c r="M20" s="8">
+        <v>0.4368</v>
+      </c>
+      <c r="N20" s="8">
+        <v>0.4447</v>
+      </c>
+      <c r="O20" s="8">
+        <v>0.4449</v>
+      </c>
+      <c r="P20" s="8">
+        <v>0.4467</v>
       </c>
     </row>
     <row r="21" spans="1:16">
-      <c r="A21" s="15" t="s">
-[...45 lines deleted...]
-        <v>#N/A</v>
+      <c r="A21" s="14" t="s">
+        <v>24</v>
+      </c>
+      <c r="B21" s="8">
+        <v>0.7268</v>
+      </c>
+      <c r="C21" s="8">
+        <v>0.8456</v>
+      </c>
+      <c r="D21" s="8">
+        <v>1.0148</v>
+      </c>
+      <c r="E21" s="8">
+        <v>1.2026</v>
+      </c>
+      <c r="F21" s="8">
+        <v>1.8926</v>
+      </c>
+      <c r="G21" s="8">
+        <v>2.6221</v>
+      </c>
+      <c r="H21" s="8">
+        <v>3.9557</v>
+      </c>
+      <c r="I21" s="8">
+        <v>7.9245</v>
+      </c>
+      <c r="J21" s="8">
+        <v>0.0</v>
+      </c>
+      <c r="K21" s="8">
+        <v>0.0</v>
+      </c>
+      <c r="L21" s="8">
+        <v>0.0</v>
+      </c>
+      <c r="M21" s="8">
+        <v>0.0</v>
+      </c>
+      <c r="N21" s="8">
+        <v>0.0</v>
+      </c>
+      <c r="O21" s="8">
+        <v>0.0</v>
+      </c>
+      <c r="P21" s="8">
+        <v>0.0</v>
       </c>
     </row>
     <row r="22" spans="1:16">
-      <c r="A22" s="15" t="s">
-[...45 lines deleted...]
-        <v>#N/A</v>
+      <c r="A22" s="14" t="s">
+        <v>25</v>
+      </c>
+      <c r="B22" s="8">
+        <v>0.1662</v>
+      </c>
+      <c r="C22" s="8">
+        <v>0.1287</v>
+      </c>
+      <c r="D22" s="8">
+        <v>0.1052</v>
+      </c>
+      <c r="E22" s="8">
+        <v>0.0924</v>
+      </c>
+      <c r="F22" s="8">
+        <v>0.1059</v>
+      </c>
+      <c r="G22" s="8">
+        <v>0.0999</v>
+      </c>
+      <c r="H22" s="8">
+        <v>0.0791</v>
+      </c>
+      <c r="I22" s="8">
+        <v>0.0604</v>
+      </c>
+      <c r="J22" s="8">
+        <v>0.0462</v>
+      </c>
+      <c r="K22" s="8">
+        <v>-0.0163</v>
+      </c>
+      <c r="L22" s="8">
+        <v>-0.0938</v>
+      </c>
+      <c r="M22" s="8">
+        <v>-0.1457</v>
+      </c>
+      <c r="N22" s="8">
+        <v>-0.235</v>
+      </c>
+      <c r="O22" s="8">
+        <v>-0.2295</v>
+      </c>
+      <c r="P22" s="8">
+        <v>-0.2107</v>
       </c>
     </row>
     <row r="23" spans="1:16">
-      <c r="A23" s="15" t="s">
-[...45 lines deleted...]
-        <v>#N/A</v>
+      <c r="A23" s="14" t="s">
+        <v>26</v>
+      </c>
+      <c r="B23" s="8">
+        <v>0.1712</v>
+      </c>
+      <c r="C23" s="8">
+        <v>0.1968</v>
+      </c>
+      <c r="D23" s="8">
+        <v>0.4625</v>
+      </c>
+      <c r="E23" s="8">
+        <v>0.4986</v>
+      </c>
+      <c r="F23" s="8">
+        <v>0.5478</v>
+      </c>
+      <c r="G23" s="8">
+        <v>0.5225</v>
+      </c>
+      <c r="H23" s="8">
+        <v>0.2828</v>
+      </c>
+      <c r="I23" s="8">
+        <v>0.2515</v>
+      </c>
+      <c r="J23" s="8">
+        <v>0.1747</v>
+      </c>
+      <c r="K23" s="8">
+        <v>0.0471</v>
+      </c>
+      <c r="L23" s="8">
+        <v>-0.2823</v>
+      </c>
+      <c r="M23" s="8">
+        <v>-1.2714</v>
+      </c>
+      <c r="N23" s="8">
+        <v>-1.154</v>
+      </c>
+      <c r="O23" s="8">
+        <v>-3.9177</v>
+      </c>
+      <c r="P23" s="8">
+        <v>-0.9834</v>
       </c>
     </row>
     <row r="24" spans="1:16">
-      <c r="A24" s="15" t="s">
-[...45 lines deleted...]
-        <v>#N/A</v>
+      <c r="A24" s="14" t="s">
+        <v>27</v>
+      </c>
+      <c r="B24" s="8">
+        <v>0.1014</v>
+      </c>
+      <c r="C24" s="8">
+        <v>0.0977</v>
+      </c>
+      <c r="D24" s="8">
+        <v>0.0917</v>
+      </c>
+      <c r="E24" s="8">
+        <v>0.0693</v>
+      </c>
+      <c r="F24" s="8">
+        <v>0.0446</v>
+      </c>
+      <c r="G24" s="8">
+        <v>0.0272</v>
+      </c>
+      <c r="H24" s="8">
+        <v>0.0066</v>
+      </c>
+      <c r="I24" s="8">
+        <v>0.0036</v>
+      </c>
+      <c r="J24" s="8">
+        <v>0.0047</v>
+      </c>
+      <c r="K24" s="8">
+        <v>0.0089</v>
+      </c>
+      <c r="L24" s="8">
+        <v>0.017</v>
+      </c>
+      <c r="M24" s="8">
+        <v>0.0248</v>
+      </c>
+      <c r="N24" s="8">
+        <v>0.0305</v>
+      </c>
+      <c r="O24" s="8">
+        <v>0.0424</v>
+      </c>
+      <c r="P24" s="8">
+        <v>0.1044</v>
       </c>
     </row>
     <row r="25" spans="1:16">
-      <c r="A25" s="15" t="s">
-[...45 lines deleted...]
-        <v>#N/A</v>
+      <c r="A25" s="14" t="s">
+        <v>28</v>
+      </c>
+      <c r="B25" s="8">
+        <v>0.1532</v>
+      </c>
+      <c r="C25" s="8">
+        <v>0.1519</v>
+      </c>
+      <c r="D25" s="8">
+        <v>0.1517</v>
+      </c>
+      <c r="E25" s="8">
+        <v>0.1483</v>
+      </c>
+      <c r="F25" s="8">
+        <v>0.1438</v>
+      </c>
+      <c r="G25" s="8">
+        <v>0.1322</v>
+      </c>
+      <c r="H25" s="8">
+        <v>0.2378</v>
+      </c>
+      <c r="I25" s="8">
+        <v>0.2269</v>
+      </c>
+      <c r="J25" s="8">
+        <v>0.2208</v>
+      </c>
+      <c r="K25" s="8">
+        <v>0.2056</v>
+      </c>
+      <c r="L25" s="8">
+        <v>0.0714</v>
+      </c>
+      <c r="M25" s="8">
+        <v>0.0646</v>
+      </c>
+      <c r="N25" s="8">
+        <v>0.0444</v>
+      </c>
+      <c r="O25" s="8">
+        <v>0.0439</v>
+      </c>
+      <c r="P25" s="8">
+        <v>0.0558</v>
       </c>
     </row>
     <row r="26" spans="1:16">
-      <c r="A26" s="15" t="s">
-[...45 lines deleted...]
-        <v>#N/A</v>
+      <c r="A26" s="14" t="s">
+        <v>29</v>
+      </c>
+      <c r="B26" s="8">
+        <v>0.0723</v>
+      </c>
+      <c r="C26" s="8">
+        <v>0.2182</v>
+      </c>
+      <c r="D26" s="8">
+        <v>0.2268</v>
+      </c>
+      <c r="E26" s="8">
+        <v>0.2517</v>
+      </c>
+      <c r="F26" s="8">
+        <v>0.1944</v>
+      </c>
+      <c r="G26" s="8">
+        <v>0.1994</v>
+      </c>
+      <c r="H26" s="8">
+        <v>0.211</v>
+      </c>
+      <c r="I26" s="8">
+        <v>0.2001</v>
+      </c>
+      <c r="J26" s="8">
+        <v>0.1736</v>
+      </c>
+      <c r="K26" s="8">
+        <v>0.1579</v>
+      </c>
+      <c r="L26" s="8">
+        <v>0.1672</v>
+      </c>
+      <c r="M26" s="8">
+        <v>0.1785</v>
+      </c>
+      <c r="N26" s="8">
+        <v>0.1842</v>
+      </c>
+      <c r="O26" s="8">
+        <v>0.1813</v>
+      </c>
+      <c r="P26" s="8">
+        <v>0.1687</v>
       </c>
     </row>
     <row r="27" spans="1:16">
-      <c r="A27" s="15" t="s">
-[...45 lines deleted...]
-        <v>#N/A</v>
+      <c r="A27" s="14" t="s">
+        <v>30</v>
+      </c>
+      <c r="B27" s="8">
+        <v>0.1879</v>
+      </c>
+      <c r="C27" s="8">
+        <v>0.1847</v>
+      </c>
+      <c r="D27" s="8">
+        <v>0.1823</v>
+      </c>
+      <c r="E27" s="8">
+        <v>0.1709</v>
+      </c>
+      <c r="F27" s="8">
+        <v>0.0101</v>
+      </c>
+      <c r="G27" s="8">
+        <v>-0.0194</v>
+      </c>
+      <c r="H27" s="8">
+        <v>-0.0445</v>
+      </c>
+      <c r="I27" s="8">
+        <v>-0.0657</v>
+      </c>
+      <c r="J27" s="8">
+        <v>-0.0581</v>
+      </c>
+      <c r="K27" s="8">
+        <v>-0.0383</v>
+      </c>
+      <c r="L27" s="8">
+        <v>-0.0055</v>
+      </c>
+      <c r="M27" s="8">
+        <v>0.0065</v>
+      </c>
+      <c r="N27" s="8">
+        <v>0.0073</v>
+      </c>
+      <c r="O27" s="8">
+        <v>-0.0095</v>
+      </c>
+      <c r="P27" s="8">
+        <v>-0.0501</v>
       </c>
     </row>
     <row r="28" spans="1:16">
-      <c r="A28" s="15" t="s">
-[...116 lines deleted...]
-      <c r="P30" s="10"/>
+      <c r="A28" s="9" t="s">
+        <v>10</v>
+      </c>
+      <c r="B28" s="9"/>
+      <c r="C28" s="9"/>
+      <c r="D28" s="9"/>
+      <c r="E28" s="9"/>
+      <c r="F28" s="9"/>
+      <c r="G28" s="9"/>
+      <c r="H28" s="9"/>
+      <c r="I28" s="9"/>
+      <c r="J28" s="9"/>
+      <c r="K28" s="9"/>
+      <c r="L28" s="9"/>
+      <c r="M28" s="9"/>
+      <c r="N28" s="9"/>
+      <c r="O28" s="9"/>
+      <c r="P28" s="9"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P30"/>
+  <dimension ref="A1:P28"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
-      <selection activeCell="P30" sqref="P30"/>
+      <selection activeCell="P28" sqref="P28"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
+    <row r="2" spans="1:16">
+      <c r="A2" s="2" t="s">
+        <v>9</v>
+      </c>
+    </row>
     <row r="3" spans="1:16">
-      <c r="A3" s="2" t="s">
+      <c r="A3" s="3" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" s="4"/>
+      <c r="B5" s="5">
+        <v>45930</v>
+      </c>
+      <c r="C5" s="5">
+        <v>45838</v>
+      </c>
+      <c r="D5" s="5">
+        <v>45747</v>
+      </c>
+      <c r="E5" s="5">
+        <v>45657</v>
+      </c>
+      <c r="F5" s="5">
+        <v>45565</v>
+      </c>
+      <c r="G5" s="5">
+        <v>45473</v>
+      </c>
+      <c r="H5" s="5">
+        <v>45382</v>
+      </c>
+      <c r="I5" s="5">
+        <v>45291</v>
+      </c>
+      <c r="J5" s="5">
+        <v>45199</v>
+      </c>
+      <c r="K5" s="5">
+        <v>45107</v>
+      </c>
+      <c r="L5" s="5">
+        <v>45016</v>
+      </c>
+      <c r="M5" s="5">
+        <v>44926</v>
+      </c>
+      <c r="N5" s="5">
+        <v>44834</v>
+      </c>
+      <c r="O5" s="5">
+        <v>44742</v>
+      </c>
+      <c r="P5" s="5">
+        <v>44651</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16" customHeight="1" ht="34.8">
+      <c r="A6" s="6" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" s="7" t="s">
+        <v>33</v>
+      </c>
+      <c r="B7" s="10">
+        <v>835545.0</v>
+      </c>
+      <c r="C7" s="10">
+        <v>819531.0</v>
+      </c>
+      <c r="D7" s="10">
+        <v>576419.0</v>
+      </c>
+      <c r="E7" s="10">
+        <v>599204.0</v>
+      </c>
+      <c r="F7" s="10">
+        <v>434420.0</v>
+      </c>
+      <c r="G7" s="10">
+        <v>309969.0</v>
+      </c>
+      <c r="H7" s="10">
+        <v>236183.0</v>
+      </c>
+      <c r="I7" s="10">
+        <v>172233.0</v>
+      </c>
+      <c r="J7" s="10">
+        <v>108639.0</v>
+      </c>
+      <c r="K7" s="10">
+        <v>80357.0</v>
+      </c>
+      <c r="L7" s="10">
+        <v>-4518.0</v>
+      </c>
+      <c r="M7" s="10">
+        <v>-79512.0</v>
+      </c>
+      <c r="N7" s="10">
+        <v>23771.0</v>
+      </c>
+      <c r="O7" s="10">
+        <v>-21748.0</v>
+      </c>
+      <c r="P7" s="10">
+        <v>-115257.0</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" s="7" t="s">
+        <v>38</v>
+      </c>
+      <c r="B8" s="10">
+        <v>6343035.0</v>
+      </c>
+      <c r="C8" s="10">
+        <v>5959497.0</v>
+      </c>
+      <c r="D8" s="10">
+        <v>5706701.0</v>
+      </c>
+      <c r="E8" s="10">
+        <v>5869259.0</v>
+      </c>
+      <c r="F8" s="10">
+        <v>5442484.0</v>
+      </c>
+      <c r="G8" s="10">
+        <v>5269466.0</v>
+      </c>
+      <c r="H8" s="10">
+        <v>5262517.0</v>
+      </c>
+      <c r="I8" s="10">
+        <v>5359187.0</v>
+      </c>
+      <c r="J8" s="10">
+        <v>5005228.0</v>
+      </c>
+      <c r="K8" s="10">
+        <v>5482120.0</v>
+      </c>
+      <c r="L8" s="10">
+        <v>5915840.0</v>
+      </c>
+      <c r="M8" s="10">
+        <v>5847846.0</v>
+      </c>
+      <c r="N8" s="10">
+        <v>5805398.0</v>
+      </c>
+      <c r="O8" s="10">
+        <v>5930828.0</v>
+      </c>
+      <c r="P8" s="10">
+        <v>6167193.0</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16" customHeight="1" ht="34.8">
+      <c r="A9" s="6" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="4" spans="1:16">
-      <c r="A4" s="3" t="s">
+    <row r="10" spans="1:16">
+      <c r="A10" s="11" t="s">
+        <v>39</v>
+      </c>
+      <c r="B10" s="12">
+        <v>0.4463</v>
+      </c>
+      <c r="C10" s="12">
+        <v>0.4077</v>
+      </c>
+      <c r="D10" s="12">
+        <v>0.3364</v>
+      </c>
+      <c r="E10" s="12">
+        <v>0.2692</v>
+      </c>
+      <c r="F10" s="12">
+        <v>0.2118</v>
+      </c>
+      <c r="G10" s="12">
+        <v>0.1569</v>
+      </c>
+      <c r="H10" s="12">
+        <v>0.1135</v>
+      </c>
+      <c r="I10" s="12">
+        <v>0.0666</v>
+      </c>
+      <c r="J10" s="12">
+        <v>0.021</v>
+      </c>
+      <c r="K10" s="12">
+        <v>0.0037</v>
+      </c>
+      <c r="L10" s="12">
+        <v>-0.0139</v>
+      </c>
+      <c r="M10" s="12">
+        <v>-0.033</v>
+      </c>
+      <c r="N10" s="12">
+        <v>-0.0141</v>
+      </c>
+      <c r="O10" s="12">
+        <v>-0.0178</v>
+      </c>
+      <c r="P10" s="12">
+        <v>-0.0112</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16" customHeight="1" ht="34.8">
+      <c r="A11" s="6" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16" customHeight="1" ht="28.8">
+      <c r="A12" s="13" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="B13" s="8">
+        <v>0.1255</v>
+      </c>
+      <c r="C13" s="8">
+        <v>0.1283</v>
+      </c>
+      <c r="D13" s="8">
+        <v>0.1264</v>
+      </c>
+      <c r="E13" s="8">
+        <v>0.1299</v>
+      </c>
+      <c r="F13" s="8">
+        <v>0.1284</v>
+      </c>
+      <c r="G13" s="8">
+        <v>0.137</v>
+      </c>
+      <c r="H13" s="8">
+        <v>0.1335</v>
+      </c>
+      <c r="I13" s="8">
+        <v>0.1341</v>
+      </c>
+      <c r="J13" s="8">
+        <v>0.1429</v>
+      </c>
+      <c r="K13" s="8">
+        <v>0.1454</v>
+      </c>
+      <c r="L13" s="8">
+        <v>0.1497</v>
+      </c>
+      <c r="M13" s="8">
+        <v>0.1455</v>
+      </c>
+      <c r="N13" s="8">
+        <v>0.1438</v>
+      </c>
+      <c r="O13" s="8">
+        <v>0.1442</v>
+      </c>
+      <c r="P13" s="8">
+        <v>0.1419</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" s="14" t="s">
+        <v>17</v>
+      </c>
+      <c r="B14" s="8">
+        <v>0.2419</v>
+      </c>
+      <c r="C14" s="8">
+        <v>0.2444</v>
+      </c>
+      <c r="D14" s="8">
+        <v>0.2254</v>
+      </c>
+      <c r="E14" s="8">
+        <v>0.1839</v>
+      </c>
+      <c r="F14" s="8">
+        <v>0.1797</v>
+      </c>
+      <c r="G14" s="8">
+        <v>0.1693</v>
+      </c>
+      <c r="H14" s="8">
+        <v>0.167</v>
+      </c>
+      <c r="I14" s="8">
+        <v>0.1823</v>
+      </c>
+      <c r="J14" s="8">
+        <v>0.176</v>
+      </c>
+      <c r="K14" s="8">
+        <v>0.1744</v>
+      </c>
+      <c r="L14" s="8">
+        <v>0.1776</v>
+      </c>
+      <c r="M14" s="8">
+        <v>0.1751</v>
+      </c>
+      <c r="N14" s="8">
+        <v>0.18</v>
+      </c>
+      <c r="O14" s="8">
+        <v>0.1857</v>
+      </c>
+      <c r="P14" s="8">
+        <v>0.1858</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" s="14" t="s">
+        <v>18</v>
+      </c>
+      <c r="B15" s="8">
+        <v>0.1105</v>
+      </c>
+      <c r="C15" s="8">
+        <v>0.1064</v>
+      </c>
+      <c r="D15" s="8">
+        <v>0.12</v>
+      </c>
+      <c r="E15" s="8">
+        <v>0.1176</v>
+      </c>
+      <c r="F15" s="8">
+        <v>0.1134</v>
+      </c>
+      <c r="G15" s="8">
+        <v>0.1461</v>
+      </c>
+      <c r="H15" s="8">
+        <v>0.183</v>
+      </c>
+      <c r="I15" s="8">
+        <v>0.1836</v>
+      </c>
+      <c r="J15" s="8">
+        <v>0.1763</v>
+      </c>
+      <c r="K15" s="8">
+        <v>0.1726</v>
+      </c>
+      <c r="L15" s="8">
+        <v>0.1654</v>
+      </c>
+      <c r="M15" s="8">
+        <v>0.1653</v>
+      </c>
+      <c r="N15" s="8">
+        <v>0.158</v>
+      </c>
+      <c r="O15" s="8">
+        <v>0.1777</v>
+      </c>
+      <c r="P15" s="8">
+        <v>0.1693</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" s="14" t="s">
+        <v>19</v>
+      </c>
+      <c r="B16" s="8">
+        <v>0.0163</v>
+      </c>
+      <c r="C16" s="8">
+        <v>0.0236</v>
+      </c>
+      <c r="D16" s="8">
+        <v>0.0192</v>
+      </c>
+      <c r="E16" s="8">
+        <v>0.0134</v>
+      </c>
+      <c r="F16" s="8">
+        <v>-0.002</v>
+      </c>
+      <c r="G16" s="8">
+        <v>-0.0169</v>
+      </c>
+      <c r="H16" s="8">
+        <v>-0.0294</v>
+      </c>
+      <c r="I16" s="8">
+        <v>-0.0365</v>
+      </c>
+      <c r="J16" s="8">
+        <v>-0.0398</v>
+      </c>
+      <c r="K16" s="8">
+        <v>-0.0417</v>
+      </c>
+      <c r="L16" s="8">
+        <v>-0.0473</v>
+      </c>
+      <c r="M16" s="8">
+        <v>-0.0649</v>
+      </c>
+      <c r="N16" s="8">
+        <v>-0.0642</v>
+      </c>
+      <c r="O16" s="8">
+        <v>-0.0593</v>
+      </c>
+      <c r="P16" s="8">
+        <v>-0.055</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" s="14" t="s">
+        <v>20</v>
+      </c>
+      <c r="B17" s="8">
+        <v>0.0176</v>
+      </c>
+      <c r="C17" s="8">
+        <v>0.0214</v>
+      </c>
+      <c r="D17" s="8">
+        <v>0.0276</v>
+      </c>
+      <c r="E17" s="8">
+        <v>0.0318</v>
+      </c>
+      <c r="F17" s="8">
+        <v>0.0415</v>
+      </c>
+      <c r="G17" s="8">
+        <v>0.037</v>
+      </c>
+      <c r="H17" s="8">
+        <v>0.0278</v>
+      </c>
+      <c r="I17" s="8">
+        <v>0.0123</v>
+      </c>
+      <c r="J17" s="8">
+        <v>-0.0097</v>
+      </c>
+      <c r="K17" s="8">
+        <v>-0.0251</v>
+      </c>
+      <c r="L17" s="8">
+        <v>-0.0267</v>
+      </c>
+      <c r="M17" s="8">
+        <v>-0.0167</v>
+      </c>
+      <c r="N17" s="8">
+        <v>-0.005</v>
+      </c>
+      <c r="O17" s="8">
+        <v>0.0025</v>
+      </c>
+      <c r="P17" s="8">
+        <v>0.0008</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" s="14" t="s">
+        <v>21</v>
+      </c>
+      <c r="B18" s="8">
+        <v>0.054</v>
+      </c>
+      <c r="C18" s="8">
+        <v>0.0393</v>
+      </c>
+      <c r="D18" s="8">
+        <v>0.0376</v>
+      </c>
+      <c r="E18" s="8">
+        <v>0.0439</v>
+      </c>
+      <c r="F18" s="8">
+        <v>0.0476</v>
+      </c>
+      <c r="G18" s="8">
+        <v>0.063</v>
+      </c>
+      <c r="H18" s="8">
+        <v>0.0596</v>
+      </c>
+      <c r="I18" s="8">
+        <v>0.0555</v>
+      </c>
+      <c r="J18" s="8">
+        <v>0.0535</v>
+      </c>
+      <c r="K18" s="8">
+        <v>0.0153</v>
+      </c>
+      <c r="L18" s="8">
+        <v>0.0137</v>
+      </c>
+      <c r="M18" s="8">
+        <v>0.0129</v>
+      </c>
+      <c r="N18" s="8">
+        <v>0.01</v>
+      </c>
+      <c r="O18" s="8">
+        <v>0.0438</v>
+      </c>
+      <c r="P18" s="8">
+        <v>0.0414</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="B19" s="8">
+        <v>0.0948</v>
+      </c>
+      <c r="C19" s="8">
+        <v>0.0959</v>
+      </c>
+      <c r="D19" s="8">
+        <v>0.0879</v>
+      </c>
+      <c r="E19" s="8">
+        <v>0.0922</v>
+      </c>
+      <c r="F19" s="8">
+        <v>0.0973</v>
+      </c>
+      <c r="G19" s="8">
+        <v>0.0933</v>
+      </c>
+      <c r="H19" s="8">
+        <v>0.0907</v>
+      </c>
+      <c r="I19" s="8">
+        <v>0.0858</v>
+      </c>
+      <c r="J19" s="8">
+        <v>0.0774</v>
+      </c>
+      <c r="K19" s="8">
+        <v>0.0715</v>
+      </c>
+      <c r="L19" s="8">
+        <v>0.0693</v>
+      </c>
+      <c r="M19" s="8">
+        <v>0.0745</v>
+      </c>
+      <c r="N19" s="8">
+        <v>0.0877</v>
+      </c>
+      <c r="O19" s="8">
+        <v>0.0826</v>
+      </c>
+      <c r="P19" s="8">
+        <v>0.1407</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" s="14" t="s">
+        <v>23</v>
+      </c>
+      <c r="B20" s="8">
+        <v>0.1718</v>
+      </c>
+      <c r="C20" s="8">
+        <v>0.1737</v>
+      </c>
+      <c r="D20" s="8">
+        <v>0.1731</v>
+      </c>
+      <c r="E20" s="8">
+        <v>0.1721</v>
+      </c>
+      <c r="F20" s="8">
+        <v>0.178</v>
+      </c>
+      <c r="G20" s="8">
+        <v>0.1754</v>
+      </c>
+      <c r="H20" s="8">
+        <v>0.1729</v>
+      </c>
+      <c r="I20" s="8">
+        <v>0.1756</v>
+      </c>
+      <c r="J20" s="8">
+        <v>0.1816</v>
+      </c>
+      <c r="K20" s="8">
+        <v>0.185</v>
+      </c>
+      <c r="L20" s="8">
+        <v>0.194</v>
+      </c>
+      <c r="M20" s="8">
+        <v>0.1994</v>
+      </c>
+      <c r="N20" s="8">
+        <v>0.2103</v>
+      </c>
+      <c r="O20" s="8">
+        <v>0.2091</v>
+      </c>
+      <c r="P20" s="8">
+        <v>0.2024</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" s="14" t="s">
+        <v>24</v>
+      </c>
+      <c r="B21" s="8">
+        <v>0.0753</v>
+      </c>
+      <c r="C21" s="8">
+        <v>0.0783</v>
+      </c>
+      <c r="D21" s="8">
+        <v>0.0761</v>
+      </c>
+      <c r="E21" s="8">
+        <v>0.0742</v>
+      </c>
+      <c r="F21" s="8">
+        <v>0.0776</v>
+      </c>
+      <c r="G21" s="8">
+        <v>0.0755</v>
+      </c>
+      <c r="H21" s="8">
+        <v>0.0686</v>
+      </c>
+      <c r="I21" s="8">
+        <v>0.0633</v>
+      </c>
+      <c r="J21" s="8">
+        <v>0.0636</v>
+      </c>
+      <c r="K21" s="8">
+        <v>0.0685</v>
+      </c>
+      <c r="L21" s="8">
+        <v>0.0446</v>
+      </c>
+      <c r="M21" s="8">
+        <v>0.0615</v>
+      </c>
+      <c r="N21" s="8">
+        <v>0.0696</v>
+      </c>
+      <c r="O21" s="8">
+        <v>0.096</v>
+      </c>
+      <c r="P21" s="8">
+        <v>0.1135</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" s="14" t="s">
+        <v>25</v>
+      </c>
+      <c r="B22" s="8">
+        <v>0.135</v>
+      </c>
+      <c r="C22" s="8">
+        <v>0.1036</v>
+      </c>
+      <c r="D22" s="8">
+        <v>0.0847</v>
+      </c>
+      <c r="E22" s="8">
+        <v>0.0729</v>
+      </c>
+      <c r="F22" s="8">
+        <v>0.0826</v>
+      </c>
+      <c r="G22" s="8">
+        <v>0.0779</v>
+      </c>
+      <c r="H22" s="8">
+        <v>0.0621</v>
+      </c>
+      <c r="I22" s="8">
+        <v>0.0464</v>
+      </c>
+      <c r="J22" s="8">
+        <v>0.0351</v>
+      </c>
+      <c r="K22" s="8">
+        <v>-0.0121</v>
+      </c>
+      <c r="L22" s="8">
+        <v>-0.0694</v>
+      </c>
+      <c r="M22" s="8">
+        <v>-0.108</v>
+      </c>
+      <c r="N22" s="8">
+        <v>-0.169</v>
+      </c>
+      <c r="O22" s="8">
+        <v>-0.1642</v>
+      </c>
+      <c r="P22" s="8">
+        <v>-0.1501</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" s="14" t="s">
+        <v>26</v>
+      </c>
+      <c r="B23" s="8">
+        <v>0.0563</v>
+      </c>
+      <c r="C23" s="8">
+        <v>0.0599</v>
+      </c>
+      <c r="D23" s="8">
+        <v>0.1342</v>
+      </c>
+      <c r="E23" s="8">
+        <v>0.1289</v>
+      </c>
+      <c r="F23" s="8">
+        <v>0.1365</v>
+      </c>
+      <c r="G23" s="8">
+        <v>0.1245</v>
+      </c>
+      <c r="H23" s="8">
+        <v>0.0415</v>
+      </c>
+      <c r="I23" s="8">
+        <v>0.0303</v>
+      </c>
+      <c r="J23" s="8">
+        <v>0.0152</v>
+      </c>
+      <c r="K23" s="8">
+        <v>0.0026</v>
+      </c>
+      <c r="L23" s="8">
+        <v>-0.0114</v>
+      </c>
+      <c r="M23" s="8">
+        <v>-0.0218</v>
+      </c>
+      <c r="N23" s="8">
+        <v>-0.0351</v>
+      </c>
+      <c r="O23" s="8">
+        <v>-0.0444</v>
+      </c>
+      <c r="P23" s="8">
+        <v>-0.0489</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" s="14" t="s">
+        <v>27</v>
+      </c>
+      <c r="B24" s="8">
+        <v>0.0649</v>
+      </c>
+      <c r="C24" s="8">
+        <v>0.0611</v>
+      </c>
+      <c r="D24" s="8">
+        <v>0.0569</v>
+      </c>
+      <c r="E24" s="8">
+        <v>0.0414</v>
+      </c>
+      <c r="F24" s="8">
+        <v>0.0285</v>
+      </c>
+      <c r="G24" s="8">
+        <v>0.0171</v>
+      </c>
+      <c r="H24" s="8">
+        <v>0.0041</v>
+      </c>
+      <c r="I24" s="8">
+        <v>0.0021</v>
+      </c>
+      <c r="J24" s="8">
+        <v>0.003</v>
+      </c>
+      <c r="K24" s="8">
+        <v>0.0057</v>
+      </c>
+      <c r="L24" s="8">
+        <v>0.0108</v>
+      </c>
+      <c r="M24" s="8">
+        <v>0.0152</v>
+      </c>
+      <c r="N24" s="8">
+        <v>0.0199</v>
+      </c>
+      <c r="O24" s="8">
+        <v>0.0265</v>
+      </c>
+      <c r="P24" s="8">
+        <v>0.0685</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" s="14" t="s">
+        <v>28</v>
+      </c>
+      <c r="B25" s="8">
+        <v>0.0794</v>
+      </c>
+      <c r="C25" s="8">
+        <v>0.0753</v>
+      </c>
+      <c r="D25" s="8">
+        <v>0.0733</v>
+      </c>
+      <c r="E25" s="8">
+        <v>0.0699</v>
+      </c>
+      <c r="F25" s="8">
+        <v>0.0725</v>
+      </c>
+      <c r="G25" s="8">
+        <v>0.0629</v>
+      </c>
+      <c r="H25" s="8">
+        <v>0.1099</v>
+      </c>
+      <c r="I25" s="8">
+        <v>0.0996</v>
+      </c>
+      <c r="J25" s="8">
+        <v>0.1051</v>
+      </c>
+      <c r="K25" s="8">
+        <v>0.0954</v>
+      </c>
+      <c r="L25" s="8">
+        <v>0.0294</v>
+      </c>
+      <c r="M25" s="8">
+        <v>0.0244</v>
+      </c>
+      <c r="N25" s="8">
+        <v>0.0181</v>
+      </c>
+      <c r="O25" s="8">
+        <v>0.0166</v>
+      </c>
+      <c r="P25" s="8">
+        <v>0.0203</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" s="14" t="s">
+        <v>29</v>
+      </c>
+      <c r="B26" s="8">
+        <v>0.0414</v>
+      </c>
+      <c r="C26" s="8">
+        <v>0.0911</v>
+      </c>
+      <c r="D26" s="8">
+        <v>0.1618</v>
+      </c>
+      <c r="E26" s="8">
+        <v>0.1731</v>
+      </c>
+      <c r="F26" s="8">
+        <v>0.1286</v>
+      </c>
+      <c r="G26" s="8">
+        <v>0.1296</v>
+      </c>
+      <c r="H26" s="8">
+        <v>0.1333</v>
+      </c>
+      <c r="I26" s="8">
+        <v>0.119</v>
+      </c>
+      <c r="J26" s="8">
+        <v>0.1042</v>
+      </c>
+      <c r="K26" s="8">
+        <v>0.094</v>
+      </c>
+      <c r="L26" s="8">
+        <v>0.0985</v>
+      </c>
+      <c r="M26" s="8">
+        <v>0.1045</v>
+      </c>
+      <c r="N26" s="8">
+        <v>0.1107</v>
+      </c>
+      <c r="O26" s="8">
+        <v>0.1095</v>
+      </c>
+      <c r="P26" s="8">
+        <v>0.1021</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" s="14" t="s">
+        <v>30</v>
+      </c>
+      <c r="B27" s="8">
+        <v>0.0987</v>
+      </c>
+      <c r="C27" s="8">
+        <v>0.0949</v>
+      </c>
+      <c r="D27" s="8">
+        <v>0.0933</v>
+      </c>
+      <c r="E27" s="8">
+        <v>0.0839</v>
+      </c>
+      <c r="F27" s="8">
+        <v>0.0048</v>
+      </c>
+      <c r="G27" s="8">
+        <v>-0.0089</v>
+      </c>
+      <c r="H27" s="8">
+        <v>-0.02</v>
+      </c>
+      <c r="I27" s="8">
+        <v>-0.0272</v>
+      </c>
+      <c r="J27" s="8">
+        <v>-0.0254</v>
+      </c>
+      <c r="K27" s="8">
+        <v>-0.0148</v>
+      </c>
+      <c r="L27" s="8">
+        <v>-0.0021</v>
+      </c>
+      <c r="M27" s="8">
+        <v>0.0028</v>
+      </c>
+      <c r="N27" s="8">
+        <v>0.0033</v>
+      </c>
+      <c r="O27" s="8">
+        <v>-0.004</v>
+      </c>
+      <c r="P27" s="8">
+        <v>-0.0198</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" s="9" t="s">
         <v>10</v>
       </c>
-    </row>
-[...991 lines deleted...]
-      <c r="P30" s="10"/>
+      <c r="B28" s="9"/>
+      <c r="C28" s="9"/>
+      <c r="D28" s="9"/>
+      <c r="E28" s="9"/>
+      <c r="F28" s="9"/>
+      <c r="G28" s="9"/>
+      <c r="H28" s="9"/>
+      <c r="I28" s="9"/>
+      <c r="J28" s="9"/>
+      <c r="K28" s="9"/>
+      <c r="L28" s="9"/>
+      <c r="M28" s="9"/>
+      <c r="N28" s="9"/>
+      <c r="O28" s="9"/>
+      <c r="P28" s="9"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="6" baseType="lpstr">