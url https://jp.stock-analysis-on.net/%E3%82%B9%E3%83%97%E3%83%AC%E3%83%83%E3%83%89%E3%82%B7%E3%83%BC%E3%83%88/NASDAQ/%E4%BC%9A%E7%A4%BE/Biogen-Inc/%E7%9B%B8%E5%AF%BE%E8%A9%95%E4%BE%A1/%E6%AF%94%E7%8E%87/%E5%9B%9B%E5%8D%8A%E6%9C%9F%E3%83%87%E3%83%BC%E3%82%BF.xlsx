--- v0 (2026-02-07)
+++ v1 (2026-02-09)
@@ -1997,60 +1997,60 @@
       </c>
       <c r="R23" s="7">
         <v>0.0</v>
       </c>
       <c r="S23" s="7">
         <v>0.0</v>
       </c>
       <c r="T23" s="7">
         <v>0.0</v>
       </c>
     </row>
     <row r="24" spans="1:20">
       <c r="A24" s="15" t="s">
         <v>26</v>
       </c>
       <c r="B24" s="7">
         <v>14.98</v>
       </c>
       <c r="C24" s="7">
         <v>11.67</v>
       </c>
       <c r="D24" s="7">
         <v>9.15</v>
       </c>
       <c r="E24" s="7">
-        <v>8.37</v>
+        <v>0.0</v>
       </c>
       <c r="F24" s="7">
-        <v>9.96</v>
+        <v>0.0</v>
       </c>
       <c r="G24" s="7">
-        <v>10.38</v>
+        <v>0.0</v>
       </c>
       <c r="H24" s="7">
-        <v>13.27</v>
+        <v>0.0</v>
       </c>
       <c r="I24" s="7">
         <v>0.0</v>
       </c>
       <c r="J24" s="7">
         <v>0.0</v>
       </c>
       <c r="K24" s="7">
         <v>0.0</v>
       </c>
       <c r="L24" s="7">
         <v>0.0</v>
       </c>
       <c r="M24" s="7">
         <v>0.0</v>
       </c>
       <c r="N24" s="7">
         <v>0.0</v>
       </c>
       <c r="O24" s="7">
         <v>0.0</v>
       </c>
       <c r="P24" s="7">
         <v>0.0</v>
       </c>
@@ -3193,60 +3193,60 @@
       </c>
       <c r="R23" s="7">
         <v>0.0</v>
       </c>
       <c r="S23" s="7">
         <v>0.0</v>
       </c>
       <c r="T23" s="7">
         <v>0.0</v>
       </c>
     </row>
     <row r="24" spans="1:20">
       <c r="A24" s="15" t="s">
         <v>26</v>
       </c>
       <c r="B24" s="7">
         <v>12.91</v>
       </c>
       <c r="C24" s="7">
         <v>9.68</v>
       </c>
       <c r="D24" s="7">
         <v>7.98</v>
       </c>
       <c r="E24" s="7">
-        <v>7.55</v>
+        <v>0.0</v>
       </c>
       <c r="F24" s="7">
-        <v>9.32</v>
+        <v>0.0</v>
       </c>
       <c r="G24" s="7">
-        <v>9.65</v>
+        <v>0.0</v>
       </c>
       <c r="H24" s="7">
-        <v>13.32</v>
+        <v>0.0</v>
       </c>
       <c r="I24" s="7">
         <v>0.0</v>
       </c>
       <c r="J24" s="7">
         <v>0.0</v>
       </c>
       <c r="K24" s="7">
         <v>0.0</v>
       </c>
       <c r="L24" s="7">
         <v>0.0</v>
       </c>
       <c r="M24" s="7">
         <v>0.0</v>
       </c>
       <c r="N24" s="7">
         <v>0.0</v>
       </c>
       <c r="O24" s="7">
         <v>0.0</v>
       </c>
       <c r="P24" s="7">
         <v>0.0</v>
       </c>
@@ -4389,60 +4389,60 @@
       </c>
       <c r="R23" s="7">
         <v>0.0</v>
       </c>
       <c r="S23" s="7">
         <v>0.0</v>
       </c>
       <c r="T23" s="7">
         <v>0.0</v>
       </c>
     </row>
     <row r="24" spans="1:20">
       <c r="A24" s="15" t="s">
         <v>26</v>
       </c>
       <c r="B24" s="7">
         <v>5.87</v>
       </c>
       <c r="C24" s="7">
         <v>4.66</v>
       </c>
       <c r="D24" s="7">
         <v>4.4</v>
       </c>
       <c r="E24" s="7">
-        <v>4.2</v>
+        <v>0.0</v>
       </c>
       <c r="F24" s="7">
-        <v>5.14</v>
+        <v>0.0</v>
       </c>
       <c r="G24" s="7">
-        <v>5.2</v>
+        <v>0.0</v>
       </c>
       <c r="H24" s="7">
-        <v>5.78</v>
+        <v>0.0</v>
       </c>
       <c r="I24" s="7">
         <v>0.0</v>
       </c>
       <c r="J24" s="7">
         <v>0.0</v>
       </c>
       <c r="K24" s="7">
         <v>0.0</v>
       </c>
       <c r="L24" s="7">
         <v>0.0</v>
       </c>
       <c r="M24" s="7">
         <v>0.0</v>
       </c>
       <c r="N24" s="7">
         <v>0.0</v>
       </c>
       <c r="O24" s="7">
         <v>0.0</v>
       </c>
       <c r="P24" s="7">
         <v>0.0</v>
       </c>
@@ -5585,60 +5585,60 @@
       </c>
       <c r="R23" s="7">
         <v>0.0</v>
       </c>
       <c r="S23" s="7">
         <v>0.0</v>
       </c>
       <c r="T23" s="7">
         <v>0.0</v>
       </c>
     </row>
     <row r="24" spans="1:20">
       <c r="A24" s="15" t="s">
         <v>26</v>
       </c>
       <c r="B24" s="7">
         <v>3.75</v>
       </c>
       <c r="C24" s="7">
         <v>3.21</v>
       </c>
       <c r="D24" s="7">
         <v>3.65</v>
       </c>
       <c r="E24" s="7">
-        <v>3.6</v>
+        <v>0.0</v>
       </c>
       <c r="F24" s="7">
-        <v>4.04</v>
+        <v>0.0</v>
       </c>
       <c r="G24" s="7">
-        <v>4.26</v>
+        <v>0.0</v>
       </c>
       <c r="H24" s="7">
-        <v>4.44</v>
+        <v>0.0</v>
       </c>
       <c r="I24" s="7">
         <v>0.0</v>
       </c>
       <c r="J24" s="7">
         <v>0.0</v>
       </c>
       <c r="K24" s="7">
         <v>0.0</v>
       </c>
       <c r="L24" s="7">
         <v>0.0</v>
       </c>
       <c r="M24" s="7">
         <v>0.0</v>
       </c>
       <c r="N24" s="7">
         <v>0.0</v>
       </c>
       <c r="O24" s="7">
         <v>0.0</v>
       </c>
       <c r="P24" s="7">
         <v>0.0</v>
       </c>