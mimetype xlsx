--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -1174,66 +1174,66 @@
       </c>
       <c r="B20" s="7">
         <v>0.5543</v>
       </c>
       <c r="C20" s="7">
         <v>0.5621</v>
       </c>
       <c r="D20" s="7">
         <v>0.557</v>
       </c>
       <c r="E20" s="7">
         <v>0.5784</v>
       </c>
       <c r="F20" s="7">
         <v>0.5751</v>
       </c>
       <c r="G20" s="7">
         <v>0.6067</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" s="13" t="s">
         <v>23</v>
       </c>
       <c r="B21" s="7">
-        <v>0.0</v>
+        <v>0.5702</v>
       </c>
       <c r="C21" s="7">
         <v>0.5814</v>
       </c>
       <c r="D21" s="7">
         <v>0.629</v>
       </c>
       <c r="E21" s="7">
         <v>0.6876</v>
       </c>
       <c r="F21" s="7">
         <v>0.6747</v>
       </c>
       <c r="G21" s="7">
-        <v>0.641</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B22" s="8"/>
       <c r="C22" s="8"/>
       <c r="D22" s="8"/>
       <c r="E22" s="8"/>
       <c r="F22" s="8"/>
       <c r="G22" s="8"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
@@ -1558,66 +1558,66 @@
       </c>
       <c r="B20" s="7">
         <v>0.279</v>
       </c>
       <c r="C20" s="7">
         <v>0.2585</v>
       </c>
       <c r="D20" s="7">
         <v>0.2174</v>
       </c>
       <c r="E20" s="7">
         <v>0.3588</v>
       </c>
       <c r="F20" s="7">
         <v>0.2916</v>
       </c>
       <c r="G20" s="7">
         <v>0.2658</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" s="13" t="s">
         <v>23</v>
       </c>
       <c r="B21" s="7">
-        <v>0.0</v>
+        <v>0.3406</v>
       </c>
       <c r="C21" s="7">
         <v>0.3494</v>
       </c>
       <c r="D21" s="7">
         <v>0.4185</v>
       </c>
       <c r="E21" s="7">
         <v>0.5063</v>
       </c>
       <c r="F21" s="7">
         <v>0.4884</v>
       </c>
       <c r="G21" s="7">
-        <v>0.4076</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="22" spans="1:7" customHeight="1" ht="28.8">
       <c r="A22" s="12" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" s="13" t="s">
         <v>27</v>
       </c>
       <c r="B23" s="7">
         <v>0.0</v>
       </c>
       <c r="C23" s="7">
         <v>0.2136</v>
       </c>
       <c r="D23" s="7">
         <v>0.185</v>
       </c>
       <c r="E23" s="7">
         <v>0.2734</v>
       </c>
       <c r="F23" s="7">
         <v>0.283</v>
@@ -1998,66 +1998,66 @@
       </c>
       <c r="B20" s="7">
         <v>0.1251</v>
       </c>
       <c r="C20" s="7">
         <v>0.2603</v>
       </c>
       <c r="D20" s="7">
         <v>0.2019</v>
       </c>
       <c r="E20" s="7">
         <v>0.2927</v>
       </c>
       <c r="F20" s="7">
         <v>0.2694</v>
       </c>
       <c r="G20" s="7">
         <v>0.2209</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" s="13" t="s">
         <v>23</v>
       </c>
       <c r="B21" s="7">
-        <v>0.0</v>
+        <v>0.2828</v>
       </c>
       <c r="C21" s="7">
         <v>0.3068</v>
       </c>
       <c r="D21" s="7">
         <v>0.3716</v>
       </c>
       <c r="E21" s="7">
         <v>0.4368</v>
       </c>
       <c r="F21" s="7">
         <v>0.4235</v>
       </c>
       <c r="G21" s="7">
-        <v>0.3869</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="22" spans="1:7" customHeight="1" ht="28.8">
       <c r="A22" s="12" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" s="13" t="s">
         <v>27</v>
       </c>
       <c r="B23" s="7">
         <v>0.0</v>
       </c>
       <c r="C23" s="7">
         <v>0.1494</v>
       </c>
       <c r="D23" s="7">
         <v>0.1706</v>
       </c>
       <c r="E23" s="7">
         <v>0.2554</v>
       </c>
       <c r="F23" s="7">
         <v>0.2583</v>
@@ -2438,66 +2438,66 @@
       </c>
       <c r="B20" s="7">
         <v>0.2613</v>
       </c>
       <c r="C20" s="7">
         <v>0.386</v>
       </c>
       <c r="D20" s="7">
         <v>0.3351</v>
       </c>
       <c r="E20" s="7">
         <v>0.7181</v>
       </c>
       <c r="F20" s="7">
         <v>0.9088</v>
       </c>
       <c r="G20" s="7">
         <v>0.8554</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" s="13" t="s">
         <v>23</v>
       </c>
       <c r="B21" s="7">
-        <v>0.0</v>
+        <v>0.3073</v>
       </c>
       <c r="C21" s="7">
         <v>0.2839</v>
       </c>
       <c r="D21" s="7">
         <v>0.3853</v>
       </c>
       <c r="E21" s="7">
         <v>0.6002</v>
       </c>
       <c r="F21" s="7">
         <v>0.5827</v>
       </c>
       <c r="G21" s="7">
-        <v>0.609</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="22" spans="1:7" customHeight="1" ht="28.8">
       <c r="A22" s="12" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" s="13" t="s">
         <v>27</v>
       </c>
       <c r="B23" s="7">
         <v>0.0</v>
       </c>
       <c r="C23" s="7">
         <v>0.1177</v>
       </c>
       <c r="D23" s="7">
         <v>0.133</v>
       </c>
       <c r="E23" s="7">
         <v>0.227</v>
       </c>
       <c r="F23" s="7">
         <v>0.2579</v>
@@ -2878,66 +2878,66 @@
       </c>
       <c r="B20" s="7">
         <v>0.1105</v>
       </c>
       <c r="C20" s="7">
         <v>0.1839</v>
       </c>
       <c r="D20" s="7">
         <v>0.1417</v>
       </c>
       <c r="E20" s="7">
         <v>0.2639</v>
       </c>
       <c r="F20" s="7">
         <v>0.2193</v>
       </c>
       <c r="G20" s="7">
         <v>0.146</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" s="13" t="s">
         <v>23</v>
       </c>
       <c r="B21" s="7">
-        <v>0.0</v>
+        <v>0.1446</v>
       </c>
       <c r="C21" s="7">
         <v>0.1351</v>
       </c>
       <c r="D21" s="7">
         <v>0.2012</v>
       </c>
       <c r="E21" s="7">
         <v>0.3216</v>
       </c>
       <c r="F21" s="7">
         <v>0.3148</v>
       </c>
       <c r="G21" s="7">
-        <v>0.2891</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="22" spans="1:7" customHeight="1" ht="28.8">
       <c r="A22" s="12" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" s="13" t="s">
         <v>27</v>
       </c>
       <c r="B23" s="7">
         <v>0.0</v>
       </c>
       <c r="C23" s="7">
         <v>0.0642</v>
       </c>
       <c r="D23" s="7">
         <v>0.0741</v>
       </c>
       <c r="E23" s="7">
         <v>0.1268</v>
       </c>
       <c r="F23" s="7">
         <v>0.1362</v>