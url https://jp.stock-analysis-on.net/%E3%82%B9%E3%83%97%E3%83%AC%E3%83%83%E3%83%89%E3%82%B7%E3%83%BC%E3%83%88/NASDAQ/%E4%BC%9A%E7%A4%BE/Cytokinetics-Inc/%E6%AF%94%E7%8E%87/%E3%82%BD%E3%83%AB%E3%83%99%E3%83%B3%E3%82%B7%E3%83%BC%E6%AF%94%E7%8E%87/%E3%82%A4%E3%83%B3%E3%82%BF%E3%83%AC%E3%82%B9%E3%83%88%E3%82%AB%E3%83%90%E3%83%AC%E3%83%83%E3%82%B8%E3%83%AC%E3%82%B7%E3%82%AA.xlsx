--- v0 (2026-02-07)
+++ v1 (2026-02-09)
@@ -913,51 +913,51 @@
       </c>
       <c r="C22" s="13">
         <v>19.83</v>
       </c>
       <c r="D22" s="13">
         <v>6.17</v>
       </c>
       <c r="E22" s="13">
         <v>0.0</v>
       </c>
       <c r="F22" s="13">
         <v>0.0</v>
       </c>
     </row>
     <row r="23" spans="1:6">
       <c r="A23" s="12" t="s">
         <v>19</v>
       </c>
       <c r="B23" s="13">
         <v>82.8</v>
       </c>
       <c r="C23" s="13">
         <v>163.75</v>
       </c>
       <c r="D23" s="13">
-        <v>67.97</v>
+        <v>0.0</v>
       </c>
       <c r="E23" s="13">
         <v>0.0</v>
       </c>
       <c r="F23" s="13">
         <v>0.0</v>
       </c>
     </row>
     <row r="24" spans="1:6">
       <c r="A24" s="12" t="s">
         <v>20</v>
       </c>
       <c r="B24" s="13">
         <v>11.56</v>
       </c>
       <c r="C24" s="13">
         <v>17.49</v>
       </c>
       <c r="D24" s="13">
         <v>14.07</v>
       </c>
       <c r="E24" s="13">
         <v>0.0</v>
       </c>
       <c r="F24" s="13">