--- v0 (2026-02-07)
+++ v1 (2026-02-09)
@@ -1431,60 +1431,60 @@
       <c r="A22" s="12" t="s">
         <v>18</v>
       </c>
       <c r="B22" s="13">
         <v>1.29</v>
       </c>
       <c r="C22" s="13">
         <v>1.28</v>
       </c>
       <c r="D22" s="13">
         <v>1.28</v>
       </c>
       <c r="E22" s="13">
         <v>1.29</v>
       </c>
       <c r="F22" s="13">
         <v>1.29</v>
       </c>
       <c r="G22" s="13">
         <v>1.32</v>
       </c>
       <c r="H22" s="13">
         <v>1.32</v>
       </c>
       <c r="I22" s="13">
-        <v>1.36</v>
+        <v>0.0</v>
       </c>
       <c r="J22" s="13">
-        <v>1.37</v>
+        <v>0.0</v>
       </c>
       <c r="K22" s="13">
-        <v>1.42</v>
+        <v>0.0</v>
       </c>
       <c r="L22" s="13">
-        <v>1.48</v>
+        <v>0.0</v>
       </c>
       <c r="M22" s="13">
         <v>0.0</v>
       </c>
       <c r="N22" s="13">
         <v>0.0</v>
       </c>
       <c r="O22" s="13">
         <v>0.0</v>
       </c>
       <c r="P22" s="13">
         <v>0.0</v>
       </c>
       <c r="Q22" s="13">
         <v>0.0</v>
       </c>
       <c r="R22" s="13">
         <v>0.0</v>
       </c>
       <c r="S22" s="13">
         <v>0.0</v>
       </c>
       <c r="T22" s="13">
         <v>0.0</v>
       </c>