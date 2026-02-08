--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -979,51 +979,51 @@
       </c>
       <c r="D26" s="13">
         <v>1.34</v>
       </c>
       <c r="E26" s="13">
         <v>1.75</v>
       </c>
       <c r="F26" s="13">
         <v>0.0</v>
       </c>
     </row>
     <row r="27" spans="1:6">
       <c r="A27" s="12" t="s">
         <v>22</v>
       </c>
       <c r="B27" s="13">
         <v>3.12</v>
       </c>
       <c r="C27" s="13">
         <v>3.67</v>
       </c>
       <c r="D27" s="13">
         <v>4.45</v>
       </c>
       <c r="E27" s="13">
-        <v>3.34</v>
+        <v>0.0</v>
       </c>
       <c r="F27" s="13">
         <v>0.0</v>
       </c>
     </row>
     <row r="28" spans="1:6" customHeight="1" ht="28.8">
       <c r="A28" s="11" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="29" spans="1:6">
       <c r="A29" s="12" t="s">
         <v>24</v>
       </c>
       <c r="B29" s="13">
         <v>1.62</v>
       </c>
       <c r="C29" s="13">
         <v>1.62</v>
       </c>
       <c r="D29" s="13">
         <v>1.79</v>
       </c>
       <c r="E29" s="13">
         <v>0.0</v>