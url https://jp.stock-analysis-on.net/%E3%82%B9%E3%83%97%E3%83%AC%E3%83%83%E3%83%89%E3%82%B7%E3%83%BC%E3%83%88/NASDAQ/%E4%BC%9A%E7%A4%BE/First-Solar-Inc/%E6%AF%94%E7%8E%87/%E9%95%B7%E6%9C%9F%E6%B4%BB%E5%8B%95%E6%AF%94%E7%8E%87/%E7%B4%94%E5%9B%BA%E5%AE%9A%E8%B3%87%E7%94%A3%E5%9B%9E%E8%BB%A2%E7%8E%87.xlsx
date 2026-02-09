--- v0 (2026-02-07)
+++ v1 (2026-02-09)
@@ -884,51 +884,51 @@
       </c>
       <c r="D21" s="12">
         <v>7.36</v>
       </c>
       <c r="E21" s="12">
         <v>6.34</v>
       </c>
       <c r="F21" s="12">
         <v>0.0</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" s="11" t="s">
         <v>18</v>
       </c>
       <c r="B22" s="12">
         <v>1.75</v>
       </c>
       <c r="C22" s="12">
         <v>2.91</v>
       </c>
       <c r="D22" s="12">
         <v>3.57</v>
       </c>
       <c r="E22" s="12">
-        <v>4.42</v>
+        <v>0.0</v>
       </c>
       <c r="F22" s="12">
         <v>0.0</v>
       </c>
     </row>
     <row r="23" spans="1:6" customHeight="1" ht="28.8">
       <c r="A23" s="10" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="24" spans="1:6">
       <c r="A24" s="11" t="s">
         <v>20</v>
       </c>
       <c r="B24" s="12">
         <v>1.66</v>
       </c>
       <c r="C24" s="12">
         <v>2.11</v>
       </c>
       <c r="D24" s="12">
         <v>2.31</v>
       </c>
       <c r="E24" s="12">
         <v>0.0</v>