--- v0 (2026-02-07)
+++ v1 (2026-02-09)
@@ -918,51 +918,51 @@
     <row r="24" spans="1:6">
       <c r="A24" s="12" t="s">
         <v>19</v>
       </c>
       <c r="B24" s="13">
         <v>0.78</v>
       </c>
       <c r="C24" s="13">
         <v>0.0</v>
       </c>
       <c r="D24" s="13">
         <v>0.0</v>
       </c>
       <c r="E24" s="13">
         <v>0.0</v>
       </c>
       <c r="F24" s="13">
         <v>0.0</v>
       </c>
     </row>
     <row r="25" spans="1:6">
       <c r="A25" s="12" t="s">
         <v>20</v>
       </c>
       <c r="B25" s="13">
-        <v>2.86</v>
+        <v>0.0</v>
       </c>
       <c r="C25" s="13">
         <v>0.0</v>
       </c>
       <c r="D25" s="13">
         <v>0.0</v>
       </c>
       <c r="E25" s="13">
         <v>0.0</v>
       </c>
       <c r="F25" s="13">
         <v>0.0</v>
       </c>
     </row>
     <row r="26" spans="1:6">
       <c r="A26" s="12" t="s">
         <v>21</v>
       </c>
       <c r="B26" s="13">
         <v>1.63</v>
       </c>
       <c r="C26" s="13">
         <v>0.0</v>
       </c>
       <c r="D26" s="13">