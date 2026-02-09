--- v0 (2026-02-07)
+++ v1 (2026-02-09)
@@ -1772,57 +1772,57 @@
       </c>
       <c r="O21" s="7">
         <v>0.0</v>
       </c>
       <c r="P21" s="7">
         <v>0.0</v>
       </c>
       <c r="Q21" s="7">
         <v>0.0</v>
       </c>
       <c r="R21" s="7">
         <v>0.0</v>
       </c>
       <c r="S21" s="7">
         <v>0.0</v>
       </c>
       <c r="T21" s="7">
         <v>0.0</v>
       </c>
     </row>
     <row r="22" spans="1:20">
       <c r="A22" s="15" t="s">
         <v>21</v>
       </c>
       <c r="B22" s="7">
-        <v>3.71</v>
+        <v>0.0</v>
       </c>
       <c r="C22" s="7">
-        <v>3.57</v>
+        <v>0.0</v>
       </c>
       <c r="D22" s="7">
-        <v>3.12</v>
+        <v>0.0</v>
       </c>
       <c r="E22" s="7">
         <v>0.0</v>
       </c>
       <c r="F22" s="7">
         <v>0.0</v>
       </c>
       <c r="G22" s="7">
         <v>0.0</v>
       </c>
       <c r="H22" s="7">
         <v>0.0</v>
       </c>
       <c r="I22" s="7">
         <v>0.0</v>
       </c>
       <c r="J22" s="7">
         <v>0.0</v>
       </c>
       <c r="K22" s="7">
         <v>0.0</v>
       </c>
       <c r="L22" s="7">
         <v>0.0</v>
       </c>
@@ -3030,57 +3030,57 @@
       </c>
       <c r="O25" s="7">
         <v>0.0</v>
       </c>
       <c r="P25" s="7">
         <v>0.0</v>
       </c>
       <c r="Q25" s="7">
         <v>0.0</v>
       </c>
       <c r="R25" s="7">
         <v>0.0</v>
       </c>
       <c r="S25" s="7">
         <v>0.0</v>
       </c>
       <c r="T25" s="7">
         <v>0.0</v>
       </c>
     </row>
     <row r="26" spans="1:20">
       <c r="A26" s="15" t="s">
         <v>21</v>
       </c>
       <c r="B26" s="7">
-        <v>3.03</v>
+        <v>0.0</v>
       </c>
       <c r="C26" s="7">
-        <v>2.92</v>
+        <v>0.0</v>
       </c>
       <c r="D26" s="7">
-        <v>2.39</v>
+        <v>0.0</v>
       </c>
       <c r="E26" s="7">
         <v>0.0</v>
       </c>
       <c r="F26" s="7">
         <v>0.0</v>
       </c>
       <c r="G26" s="7">
         <v>0.0</v>
       </c>
       <c r="H26" s="7">
         <v>0.0</v>
       </c>
       <c r="I26" s="7">
         <v>0.0</v>
       </c>
       <c r="J26" s="7">
         <v>0.0</v>
       </c>
       <c r="K26" s="7">
         <v>0.0</v>
       </c>
       <c r="L26" s="7">
         <v>0.0</v>
       </c>
@@ -4226,57 +4226,57 @@
       </c>
       <c r="O24" s="7">
         <v>0.0</v>
       </c>
       <c r="P24" s="7">
         <v>0.0</v>
       </c>
       <c r="Q24" s="7">
         <v>0.0</v>
       </c>
       <c r="R24" s="7">
         <v>0.0</v>
       </c>
       <c r="S24" s="7">
         <v>0.0</v>
       </c>
       <c r="T24" s="7">
         <v>0.0</v>
       </c>
     </row>
     <row r="25" spans="1:20">
       <c r="A25" s="15" t="s">
         <v>21</v>
       </c>
       <c r="B25" s="7">
-        <v>1.56</v>
+        <v>0.0</v>
       </c>
       <c r="C25" s="7">
-        <v>1.05</v>
+        <v>0.0</v>
       </c>
       <c r="D25" s="7">
-        <v>1.09</v>
+        <v>0.0</v>
       </c>
       <c r="E25" s="7">
         <v>0.0</v>
       </c>
       <c r="F25" s="7">
         <v>0.0</v>
       </c>
       <c r="G25" s="7">
         <v>0.0</v>
       </c>
       <c r="H25" s="7">
         <v>0.0</v>
       </c>
       <c r="I25" s="7">
         <v>0.0</v>
       </c>
       <c r="J25" s="7">
         <v>0.0</v>
       </c>
       <c r="K25" s="7">
         <v>0.0</v>
       </c>
       <c r="L25" s="7">
         <v>0.0</v>
       </c>