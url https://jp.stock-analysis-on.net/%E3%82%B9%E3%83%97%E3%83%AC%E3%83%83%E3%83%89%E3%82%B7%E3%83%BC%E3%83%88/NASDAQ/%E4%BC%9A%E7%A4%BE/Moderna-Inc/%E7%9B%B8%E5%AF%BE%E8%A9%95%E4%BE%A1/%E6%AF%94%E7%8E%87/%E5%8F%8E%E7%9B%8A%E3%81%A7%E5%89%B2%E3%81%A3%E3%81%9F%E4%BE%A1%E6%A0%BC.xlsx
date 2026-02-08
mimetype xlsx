--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -919,51 +919,51 @@
       </c>
       <c r="D22" s="9">
         <v>11.76</v>
       </c>
       <c r="E22" s="9">
         <v>19.62</v>
       </c>
       <c r="F22" s="9">
         <v>0.0</v>
       </c>
     </row>
     <row r="23" spans="1:6">
       <c r="A23" s="13" t="s">
         <v>20</v>
       </c>
       <c r="B23" s="9">
         <v>25.99</v>
       </c>
       <c r="C23" s="9">
         <v>19.68</v>
       </c>
       <c r="D23" s="9">
         <v>8.37</v>
       </c>
       <c r="E23" s="9">
-        <v>15.09</v>
+        <v>0.0</v>
       </c>
       <c r="F23" s="9">
         <v>0.0</v>
       </c>
     </row>
     <row r="24" spans="1:6">
       <c r="A24" s="13" t="s">
         <v>21</v>
       </c>
       <c r="B24" s="9">
         <v>35.65</v>
       </c>
       <c r="C24" s="9">
         <v>30.55</v>
       </c>
       <c r="D24" s="9">
         <v>27.35</v>
       </c>
       <c r="E24" s="9">
         <v>27.89</v>
       </c>
       <c r="F24" s="9">
         <v>0.0</v>
       </c>
     </row>