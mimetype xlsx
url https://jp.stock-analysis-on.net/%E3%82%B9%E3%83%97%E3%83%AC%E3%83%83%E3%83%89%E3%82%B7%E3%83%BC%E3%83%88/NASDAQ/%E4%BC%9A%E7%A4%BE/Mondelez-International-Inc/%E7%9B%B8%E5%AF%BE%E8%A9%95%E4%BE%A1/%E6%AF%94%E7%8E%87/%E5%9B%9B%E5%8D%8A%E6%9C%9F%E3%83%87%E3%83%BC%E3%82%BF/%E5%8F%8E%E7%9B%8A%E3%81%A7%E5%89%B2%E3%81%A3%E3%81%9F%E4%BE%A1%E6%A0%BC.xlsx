--- v0 (2026-02-07)
+++ v1 (2026-02-09)
@@ -1130,60 +1130,60 @@
       <c r="I17" s="10">
         <v>17.69</v>
       </c>
       <c r="J17" s="10">
         <v>17.38</v>
       </c>
       <c r="K17" s="10">
         <v>19.02</v>
       </c>
       <c r="L17" s="10">
         <v>17.5</v>
       </c>
       <c r="M17" s="10">
         <v>17.54</v>
       </c>
       <c r="N17" s="10">
         <v>15.87</v>
       </c>
       <c r="O17" s="10">
         <v>16.58</v>
       </c>
       <c r="P17" s="10">
         <v>17.6</v>
       </c>
       <c r="Q17" s="10">
-        <v>18.37</v>
+        <v>0.0</v>
       </c>
       <c r="R17" s="10">
-        <v>16.43</v>
+        <v>0.0</v>
       </c>
       <c r="S17" s="10">
-        <v>17.54</v>
+        <v>0.0</v>
       </c>
       <c r="T17" s="10">
-        <v>17.030000000000001</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="18" spans="1:20">
       <c r="A18" s="15" t="s">
         <v>15</v>
       </c>
       <c r="B18" s="15"/>
       <c r="C18" s="15"/>
       <c r="D18" s="15"/>
       <c r="E18" s="15"/>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15"/>
       <c r="I18" s="15"/>
       <c r="J18" s="15"/>
       <c r="K18" s="15"/>
       <c r="L18" s="15"/>
       <c r="M18" s="15"/>
       <c r="N18" s="15"/>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18" s="15"/>
       <c r="S18" s="15"/>
       <c r="T18" s="15"/>