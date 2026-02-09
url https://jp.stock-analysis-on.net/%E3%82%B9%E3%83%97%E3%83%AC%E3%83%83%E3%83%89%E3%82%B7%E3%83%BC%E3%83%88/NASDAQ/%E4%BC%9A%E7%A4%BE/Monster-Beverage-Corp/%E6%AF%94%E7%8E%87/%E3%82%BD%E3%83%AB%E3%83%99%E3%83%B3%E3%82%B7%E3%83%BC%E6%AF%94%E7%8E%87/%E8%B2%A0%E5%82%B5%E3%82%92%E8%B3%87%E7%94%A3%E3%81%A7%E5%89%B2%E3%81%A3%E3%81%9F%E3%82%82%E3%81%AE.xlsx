--- v0 (2026-02-07)
+++ v1 (2026-02-09)
@@ -772,51 +772,51 @@
       </c>
       <c r="D17" s="13">
         <v>0.44</v>
       </c>
       <c r="E17" s="13">
         <v>0.0</v>
       </c>
       <c r="F17" s="13">
         <v>0.0</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" s="12" t="s">
         <v>13</v>
       </c>
       <c r="B18" s="13">
         <v>0.73</v>
       </c>
       <c r="C18" s="13">
         <v>0.7</v>
       </c>
       <c r="D18" s="13">
         <v>0.67</v>
       </c>
       <c r="E18" s="13">
-        <v>0.7</v>
+        <v>0.0</v>
       </c>
       <c r="F18" s="13">
         <v>0.0</v>
       </c>
     </row>
     <row r="19" spans="1:6" customHeight="1" ht="28.8">
       <c r="A19" s="11" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20" s="12" t="s">
         <v>15</v>
       </c>
       <c r="B20" s="13">
         <v>0.46</v>
       </c>
       <c r="C20" s="13">
         <v>0.45</v>
       </c>
       <c r="D20" s="13">
         <v>0.44</v>
       </c>
       <c r="E20" s="13">
         <v>0.0</v>