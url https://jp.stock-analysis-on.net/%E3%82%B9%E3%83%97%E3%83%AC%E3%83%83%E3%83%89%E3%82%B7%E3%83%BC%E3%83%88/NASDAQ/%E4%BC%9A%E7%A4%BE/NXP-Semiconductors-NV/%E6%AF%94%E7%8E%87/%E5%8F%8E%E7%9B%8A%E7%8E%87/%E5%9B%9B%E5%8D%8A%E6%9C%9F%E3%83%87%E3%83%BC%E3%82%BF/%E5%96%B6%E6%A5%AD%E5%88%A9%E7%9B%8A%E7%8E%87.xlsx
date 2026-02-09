--- v0 (2026-02-07)
+++ v1 (2026-02-09)
@@ -929,60 +929,60 @@
       </c>
       <c r="D22" s="13">
         <v>0.2916</v>
       </c>
       <c r="E22" s="13">
         <v>0.3174</v>
       </c>
       <c r="F22" s="13">
         <v>0.3035</v>
       </c>
       <c r="G22" s="13">
         <v>0.2904</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" s="12" t="s">
         <v>19</v>
       </c>
       <c r="B23" s="13">
         <v>0.5152</v>
       </c>
       <c r="C23" s="13">
         <v>0.5055</v>
       </c>
       <c r="D23" s="13">
-        <v>0.4884</v>
+        <v>0.0</v>
       </c>
       <c r="E23" s="13">
-        <v>0.4702</v>
+        <v>0.0</v>
       </c>
       <c r="F23" s="13">
-        <v>0.4519</v>
+        <v>0.0</v>
       </c>
       <c r="G23" s="13">
-        <v>0.4273</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" s="14" t="s">
         <v>20</v>
       </c>
       <c r="B24" s="14"/>
       <c r="C24" s="14"/>
       <c r="D24" s="14"/>
       <c r="E24" s="14"/>
       <c r="F24" s="14"/>
       <c r="G24" s="14"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>