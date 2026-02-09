--- v0 (2026-02-07)
+++ v1 (2026-02-09)
@@ -929,60 +929,60 @@
       </c>
       <c r="D22" s="13">
         <v>4.42</v>
       </c>
       <c r="E22" s="13">
         <v>4.18</v>
       </c>
       <c r="F22" s="13">
         <v>4.41</v>
       </c>
       <c r="G22" s="13">
         <v>4.17</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" s="12" t="s">
         <v>19</v>
       </c>
       <c r="B23" s="13">
         <v>2.74</v>
       </c>
       <c r="C23" s="13">
         <v>2.88</v>
       </c>
       <c r="D23" s="13">
-        <v>3.12</v>
+        <v>0.0</v>
       </c>
       <c r="E23" s="13">
-        <v>3.18</v>
+        <v>0.0</v>
       </c>
       <c r="F23" s="13">
-        <v>3.12</v>
+        <v>0.0</v>
       </c>
       <c r="G23" s="13">
-        <v>2.88</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" s="14" t="s">
         <v>20</v>
       </c>
       <c r="B24" s="14"/>
       <c r="C24" s="14"/>
       <c r="D24" s="14"/>
       <c r="E24" s="14"/>
       <c r="F24" s="14"/>
       <c r="G24" s="14"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>