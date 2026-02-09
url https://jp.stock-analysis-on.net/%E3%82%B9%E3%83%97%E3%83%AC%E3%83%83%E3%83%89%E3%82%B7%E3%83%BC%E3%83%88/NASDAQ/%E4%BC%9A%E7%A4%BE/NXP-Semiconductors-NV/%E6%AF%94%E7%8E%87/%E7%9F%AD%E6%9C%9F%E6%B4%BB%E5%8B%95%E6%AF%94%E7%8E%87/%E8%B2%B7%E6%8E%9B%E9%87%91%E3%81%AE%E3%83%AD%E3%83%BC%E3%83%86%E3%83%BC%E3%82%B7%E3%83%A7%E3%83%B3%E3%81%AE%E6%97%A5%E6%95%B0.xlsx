--- v0 (2026-02-07)
+++ v1 (2026-02-09)
@@ -855,51 +855,51 @@
       </c>
       <c r="B20" s="12">
         <v>70.0</v>
       </c>
       <c r="C20" s="12">
         <v>89.0</v>
       </c>
       <c r="D20" s="12">
         <v>0.0</v>
       </c>
       <c r="E20" s="12">
         <v>0.0</v>
       </c>
       <c r="F20" s="12">
         <v>0.0</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21" s="11" t="s">
         <v>17</v>
       </c>
       <c r="B21" s="12">
         <v>35.0</v>
       </c>
       <c r="C21" s="12">
-        <v>29.0</v>
+        <v>0.0</v>
       </c>
       <c r="D21" s="12">
         <v>0.0</v>
       </c>
       <c r="E21" s="12">
         <v>0.0</v>
       </c>
       <c r="F21" s="12">
         <v>0.0</v>
       </c>
     </row>
     <row r="22" spans="1:6" customHeight="1" ht="28.8">
       <c r="A22" s="10" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="23" spans="1:6">
       <c r="A23" s="11" t="s">
         <v>19</v>
       </c>
       <c r="B23" s="12">
         <v>52.0</v>
       </c>
       <c r="C23" s="12">
         <v>0.0</v>