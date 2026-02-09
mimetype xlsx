--- v0 (2026-02-07)
+++ v1 (2026-02-09)
@@ -1412,60 +1412,60 @@
       <c r="C23" s="13">
         <v>0.629</v>
       </c>
       <c r="D23" s="13">
         <v>0.6446</v>
       </c>
       <c r="E23" s="13">
         <v>0.6629</v>
       </c>
       <c r="F23" s="13">
         <v>0.6764</v>
       </c>
       <c r="G23" s="13">
         <v>0.6876</v>
       </c>
       <c r="H23" s="13">
         <v>0.6951</v>
       </c>
       <c r="I23" s="13">
         <v>0.6926</v>
       </c>
       <c r="J23" s="13">
         <v>0.6868</v>
       </c>
       <c r="K23" s="13">
-        <v>0.6747</v>
+        <v>0.0</v>
       </c>
       <c r="L23" s="13">
-        <v>0.6636</v>
+        <v>0.0</v>
       </c>
       <c r="M23" s="13">
-        <v>0.6546</v>
+        <v>0.0</v>
       </c>
       <c r="N23" s="13">
-        <v>0.647</v>
+        <v>0.0</v>
       </c>
       <c r="O23" s="13">
         <v>0.0</v>
       </c>
       <c r="P23" s="13">
         <v>0.0</v>
       </c>
       <c r="Q23" s="13">
         <v>0.0</v>
       </c>
       <c r="R23" s="13">
         <v>0.0</v>
       </c>
     </row>
     <row r="24" spans="1:18">
       <c r="A24" s="14" t="s">
         <v>20</v>
       </c>
       <c r="B24" s="14"/>
       <c r="C24" s="14"/>
       <c r="D24" s="14"/>
       <c r="E24" s="14"/>
       <c r="F24" s="14"/>
       <c r="G24" s="14"/>
       <c r="H24" s="14"/>