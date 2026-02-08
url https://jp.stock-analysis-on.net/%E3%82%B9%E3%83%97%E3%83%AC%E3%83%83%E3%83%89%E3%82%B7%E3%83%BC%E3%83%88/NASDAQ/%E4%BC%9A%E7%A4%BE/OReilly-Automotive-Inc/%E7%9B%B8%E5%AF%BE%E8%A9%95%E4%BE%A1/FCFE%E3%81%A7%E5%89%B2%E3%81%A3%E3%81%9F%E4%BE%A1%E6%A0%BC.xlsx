--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -1005,101 +1005,101 @@
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" s="7" t="s">
         <v>24</v>
       </c>
       <c r="B10" s="14">
         <v>21.11</v>
       </c>
     </row>
     <row r="11" spans="1:2" customHeight="1" ht="34.8">
       <c r="A11" s="11" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="12" spans="1:2" customHeight="1" ht="28.8">
       <c r="A12" s="15" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" s="16" t="s">
         <v>27</v>
       </c>
       <c r="B13" s="13">
-        <v>87.92</v>
+        <v>106.58</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" s="16" t="s">
         <v>28</v>
       </c>
       <c r="B14" s="13">
-        <v>15.16</v>
+        <v>15.27</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" s="16" t="s">
         <v>29</v>
       </c>
       <c r="B15" s="13">
-        <v>21.56</v>
+        <v>21.83</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" s="16" t="s">
         <v>30</v>
       </c>
       <c r="B16" s="13">
-        <v>41.11</v>
+        <v>41.23</v>
       </c>
     </row>
     <row r="17" spans="1:2" customHeight="1" ht="28.8">
       <c r="A17" s="15" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" s="16" t="s">
         <v>32</v>
       </c>
       <c r="B18" s="13">
-        <v>85.69</v>
+        <v>82.43000000000001</v>
       </c>
     </row>
     <row r="19" spans="1:2" customHeight="1" ht="28.8">
       <c r="A19" s="15" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="20" spans="1:2">
       <c r="A20" s="16" t="s">
         <v>34</v>
       </c>
       <c r="B20" s="13">
-        <v>112.099999999999994</v>
+        <v>110.98</v>
       </c>
     </row>
     <row r="21" spans="1:2">
       <c r="A21" s="10" t="s">
         <v>16</v>
       </c>
       <c r="B21" s="10"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F22"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="F22" sqref="F22"/>
     </sheetView>
@@ -1243,51 +1243,51 @@
       <c r="E11" s="14">
         <v>17.33</v>
       </c>
       <c r="F11" s="14">
         <v>10.07</v>
       </c>
     </row>
     <row r="12" spans="1:6" customHeight="1" ht="34.8">
       <c r="A12" s="11" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="13" spans="1:6" customHeight="1" ht="28.8">
       <c r="A13" s="15" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" s="16" t="s">
         <v>27</v>
       </c>
       <c r="B14" s="13">
         <v>0.0</v>
       </c>
       <c r="C14" s="13">
-        <v>55.66</v>
+        <v>0.0</v>
       </c>
       <c r="D14" s="13">
         <v>0.0</v>
       </c>
       <c r="E14" s="13">
         <v>0.0</v>
       </c>
       <c r="F14" s="13">
         <v>0.0</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" s="16" t="s">
         <v>28</v>
       </c>
       <c r="B15" s="13">
         <v>15.41</v>
       </c>
       <c r="C15" s="13">
         <v>14.99</v>
       </c>
       <c r="D15" s="13">
         <v>0.0</v>
       </c>
       <c r="E15" s="13">