--- v0 (2026-02-07)
+++ v1 (2026-02-09)
@@ -850,51 +850,51 @@
       </c>
       <c r="C19" s="15">
         <v>0.44</v>
       </c>
       <c r="D19" s="15">
         <v>0.44</v>
       </c>
       <c r="E19" s="15">
         <v>0.0</v>
       </c>
       <c r="F19" s="15">
         <v>0.0</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20" s="14" t="s">
         <v>16</v>
       </c>
       <c r="B20" s="15">
         <v>0.74</v>
       </c>
       <c r="C20" s="15">
         <v>0.69</v>
       </c>
       <c r="D20" s="15">
-        <v>0.63</v>
+        <v>0.0</v>
       </c>
       <c r="E20" s="15">
         <v>0.0</v>
       </c>
       <c r="F20" s="15">
         <v>0.0</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21" s="14" t="s">
         <v>17</v>
       </c>
       <c r="B21" s="15">
         <v>0.84</v>
       </c>
       <c r="C21" s="15">
         <v>0.89</v>
       </c>
       <c r="D21" s="15">
         <v>0.85</v>
       </c>
       <c r="E21" s="15">
         <v>0.0</v>
       </c>
       <c r="F21" s="15">