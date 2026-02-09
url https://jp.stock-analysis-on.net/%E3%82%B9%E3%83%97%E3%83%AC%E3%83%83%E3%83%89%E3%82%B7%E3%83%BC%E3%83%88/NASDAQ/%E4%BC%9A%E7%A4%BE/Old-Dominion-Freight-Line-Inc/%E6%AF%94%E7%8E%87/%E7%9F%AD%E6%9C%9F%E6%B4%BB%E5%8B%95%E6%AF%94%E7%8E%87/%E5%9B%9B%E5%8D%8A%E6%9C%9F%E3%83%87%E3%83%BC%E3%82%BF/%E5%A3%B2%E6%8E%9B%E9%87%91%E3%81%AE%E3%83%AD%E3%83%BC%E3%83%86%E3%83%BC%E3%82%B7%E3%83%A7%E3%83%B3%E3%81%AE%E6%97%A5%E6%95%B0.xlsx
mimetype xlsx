--- v0 (2026-02-07)
+++ v1 (2026-02-09)
@@ -893,60 +893,60 @@
       </c>
     </row>
     <row r="13" spans="1:19">
       <c r="A13" s="12" t="s">
         <v>10</v>
       </c>
       <c r="B13" s="13">
         <v>27.0</v>
       </c>
       <c r="C13" s="13">
         <v>28.0</v>
       </c>
       <c r="D13" s="13">
         <v>28.0</v>
       </c>
       <c r="E13" s="13">
         <v>31.0</v>
       </c>
       <c r="F13" s="13">
         <v>32.0</v>
       </c>
       <c r="G13" s="13">
         <v>32.0</v>
       </c>
       <c r="H13" s="13">
-        <v>29.0</v>
+        <v>0.0</v>
       </c>
       <c r="I13" s="13">
-        <v>29.0</v>
+        <v>0.0</v>
       </c>
       <c r="J13" s="13">
-        <v>30.0</v>
+        <v>0.0</v>
       </c>
       <c r="K13" s="13">
-        <v>30.0</v>
+        <v>0.0</v>
       </c>
       <c r="L13" s="13">
         <v>0.0</v>
       </c>
       <c r="M13" s="13">
         <v>0.0</v>
       </c>
       <c r="N13" s="13">
         <v>0.0</v>
       </c>
       <c r="O13" s="13">
         <v>0.0</v>
       </c>
       <c r="P13" s="13">
         <v>0.0</v>
       </c>
       <c r="Q13" s="13">
         <v>0.0</v>
       </c>
       <c r="R13" s="13">
         <v>0.0</v>
       </c>
       <c r="S13" s="13">
         <v>0.0</v>
       </c>