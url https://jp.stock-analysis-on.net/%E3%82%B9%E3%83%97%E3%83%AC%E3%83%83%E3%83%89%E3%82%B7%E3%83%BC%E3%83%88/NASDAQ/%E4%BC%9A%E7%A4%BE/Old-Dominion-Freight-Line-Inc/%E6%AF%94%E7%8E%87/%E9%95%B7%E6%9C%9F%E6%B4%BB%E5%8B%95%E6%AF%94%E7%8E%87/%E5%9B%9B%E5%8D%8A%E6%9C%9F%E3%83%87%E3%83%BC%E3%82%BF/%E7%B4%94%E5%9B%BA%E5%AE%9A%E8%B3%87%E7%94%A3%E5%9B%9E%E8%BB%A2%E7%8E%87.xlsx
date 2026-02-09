--- v0 (2026-02-07)
+++ v1 (2026-02-09)
@@ -955,60 +955,60 @@
       </c>
     </row>
     <row r="15" spans="1:19">
       <c r="A15" s="12" t="s">
         <v>11</v>
       </c>
       <c r="B15" s="13">
         <v>0.44</v>
       </c>
       <c r="C15" s="13">
         <v>0.45</v>
       </c>
       <c r="D15" s="13">
         <v>0.44</v>
       </c>
       <c r="E15" s="13">
         <v>0.44</v>
       </c>
       <c r="F15" s="13">
         <v>0.42</v>
       </c>
       <c r="G15" s="13">
         <v>0.41</v>
       </c>
       <c r="H15" s="13">
-        <v>0.4</v>
+        <v>0.0</v>
       </c>
       <c r="I15" s="13">
-        <v>0.39</v>
+        <v>0.0</v>
       </c>
       <c r="J15" s="13">
-        <v>0.38</v>
+        <v>0.0</v>
       </c>
       <c r="K15" s="13">
-        <v>0.36</v>
+        <v>0.0</v>
       </c>
       <c r="L15" s="13">
         <v>0.0</v>
       </c>
       <c r="M15" s="13">
         <v>0.0</v>
       </c>
       <c r="N15" s="13">
         <v>0.0</v>
       </c>
       <c r="O15" s="13">
         <v>0.0</v>
       </c>
       <c r="P15" s="13">
         <v>0.0</v>
       </c>
       <c r="Q15" s="13">
         <v>0.0</v>
       </c>
       <c r="R15" s="13">
         <v>0.0</v>
       </c>
       <c r="S15" s="13">
         <v>0.0</v>
       </c>