--- v0 (2026-02-07)
+++ v1 (2026-02-09)
@@ -1126,51 +1126,51 @@
       </c>
       <c r="C4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="5" spans="1:5">
       <c r="A5" s="5">
         <v>46056</v>
       </c>
       <c r="B5" s="6">
         <v>27.010000000000002</v>
       </c>
       <c r="C5" s="6">
         <v>0.0</v>
       </c>
       <c r="D5" s="6">
         <v>0.0</v>
       </c>
       <c r="E5" s="6">
-        <v>0.0</v>
+        <v>25.079999999999998</v>
       </c>
     </row>
     <row r="6" spans="1:5">
       <c r="A6" s="5">
         <v>45692</v>
       </c>
       <c r="B6" s="6">
         <v>20.55</v>
       </c>
       <c r="C6" s="6">
         <v>28.34</v>
       </c>
       <c r="D6" s="6">
         <v>16.11</v>
       </c>
       <c r="E6" s="6">
         <v>32.020000000000003</v>
       </c>
     </row>
     <row r="7" spans="1:5">
       <c r="A7" s="5">
         <v>45331</v>
       </c>
       <c r="B7" s="6">
         <v>25.4</v>