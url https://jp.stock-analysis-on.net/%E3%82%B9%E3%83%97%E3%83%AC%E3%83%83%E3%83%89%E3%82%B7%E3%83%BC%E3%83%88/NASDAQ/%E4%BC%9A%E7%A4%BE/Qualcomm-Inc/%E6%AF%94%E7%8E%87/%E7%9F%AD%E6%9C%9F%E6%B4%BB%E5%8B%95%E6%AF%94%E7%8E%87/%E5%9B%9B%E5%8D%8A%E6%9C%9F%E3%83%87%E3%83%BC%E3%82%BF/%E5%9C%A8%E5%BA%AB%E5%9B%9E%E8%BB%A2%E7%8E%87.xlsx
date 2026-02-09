--- v0 (2026-02-07)
+++ v1 (2026-02-09)
@@ -1485,108 +1485,108 @@
       </c>
       <c r="R21" s="13">
         <v>3.63</v>
       </c>
       <c r="S21" s="13">
         <v>3.44</v>
       </c>
       <c r="T21" s="13">
         <v>3.69</v>
       </c>
       <c r="U21" s="13">
         <v>3.47</v>
       </c>
       <c r="V21" s="13">
         <v>3.81</v>
       </c>
     </row>
     <row r="22" spans="1:22">
       <c r="A22" s="12" t="s">
         <v>18</v>
       </c>
       <c r="B22" s="13">
         <v>0.0</v>
       </c>
       <c r="C22" s="13">
-        <v>0.0</v>
+        <v>1.58</v>
       </c>
       <c r="D22" s="13">
         <v>1.52</v>
       </c>
       <c r="E22" s="13">
         <v>1.45</v>
       </c>
       <c r="F22" s="13">
         <v>1.44</v>
       </c>
       <c r="G22" s="13">
         <v>1.45</v>
       </c>
       <c r="H22" s="13">
         <v>1.51</v>
       </c>
       <c r="I22" s="13">
         <v>1.59</v>
       </c>
       <c r="J22" s="13">
         <v>1.6</v>
       </c>
       <c r="K22" s="13">
         <v>1.63</v>
       </c>
       <c r="L22" s="13">
         <v>1.65</v>
       </c>
       <c r="M22" s="13">
         <v>1.7</v>
       </c>
       <c r="N22" s="13">
         <v>1.92</v>
       </c>
       <c r="O22" s="13">
         <v>2.27</v>
       </c>
       <c r="P22" s="13">
         <v>2.56</v>
       </c>
       <c r="Q22" s="13">
         <v>2.74</v>
       </c>
       <c r="R22" s="13">
         <v>2.88</v>
       </c>
       <c r="S22" s="13">
-        <v>3.12</v>
+        <v>0.0</v>
       </c>
       <c r="T22" s="13">
-        <v>3.18</v>
+        <v>0.0</v>
       </c>
       <c r="U22" s="13">
-        <v>3.12</v>
+        <v>0.0</v>
       </c>
       <c r="V22" s="13">
-        <v>2.88</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="23" spans="1:22">
       <c r="A23" s="14" t="s">
         <v>19</v>
       </c>
       <c r="B23" s="14"/>
       <c r="C23" s="14"/>
       <c r="D23" s="14"/>
       <c r="E23" s="14"/>
       <c r="F23" s="14"/>
       <c r="G23" s="14"/>
       <c r="H23" s="14"/>
       <c r="I23" s="14"/>
       <c r="J23" s="14"/>
       <c r="K23" s="14"/>
       <c r="L23" s="14"/>
       <c r="M23" s="14"/>
       <c r="N23" s="14"/>
       <c r="O23" s="14"/>
       <c r="P23" s="14"/>
       <c r="Q23" s="14"/>
       <c r="R23" s="14"/>
       <c r="S23" s="14"/>
       <c r="T23" s="14"/>