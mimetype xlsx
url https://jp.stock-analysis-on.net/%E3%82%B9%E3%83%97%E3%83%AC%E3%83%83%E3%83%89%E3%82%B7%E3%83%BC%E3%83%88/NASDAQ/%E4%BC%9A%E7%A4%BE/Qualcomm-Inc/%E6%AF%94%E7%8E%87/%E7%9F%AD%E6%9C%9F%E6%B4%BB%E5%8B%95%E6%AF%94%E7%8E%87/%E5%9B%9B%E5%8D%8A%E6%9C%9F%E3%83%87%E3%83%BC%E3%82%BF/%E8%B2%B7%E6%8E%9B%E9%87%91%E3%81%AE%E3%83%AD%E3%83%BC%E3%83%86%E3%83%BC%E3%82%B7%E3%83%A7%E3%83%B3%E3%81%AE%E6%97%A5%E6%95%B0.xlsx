--- v0 (2026-02-07)
+++ v1 (2026-02-09)
@@ -1272,108 +1272,108 @@
       </c>
       <c r="R18" s="13">
         <v>61.0</v>
       </c>
       <c r="S18" s="13">
         <v>70.0</v>
       </c>
       <c r="T18" s="13">
         <v>72.0</v>
       </c>
       <c r="U18" s="13">
         <v>67.0</v>
       </c>
       <c r="V18" s="13">
         <v>65.0</v>
       </c>
     </row>
     <row r="19" spans="1:22">
       <c r="A19" s="12" t="s">
         <v>15</v>
       </c>
       <c r="B19" s="13">
         <v>0.0</v>
       </c>
       <c r="C19" s="13">
-        <v>0.0</v>
+        <v>36.0</v>
       </c>
       <c r="D19" s="13">
         <v>39.0</v>
       </c>
       <c r="E19" s="13">
         <v>46.0</v>
       </c>
       <c r="F19" s="13">
         <v>47.0</v>
       </c>
       <c r="G19" s="13">
         <v>46.0</v>
       </c>
       <c r="H19" s="13">
         <v>45.0</v>
       </c>
       <c r="I19" s="13">
         <v>48.0</v>
       </c>
       <c r="J19" s="13">
         <v>31.0</v>
       </c>
       <c r="K19" s="13">
         <v>45.0</v>
       </c>
       <c r="L19" s="13">
         <v>40.0</v>
       </c>
       <c r="M19" s="13">
         <v>53.0</v>
       </c>
       <c r="N19" s="13">
         <v>55.0</v>
       </c>
       <c r="O19" s="13">
         <v>50.0</v>
       </c>
       <c r="P19" s="13">
         <v>46.0</v>
       </c>
       <c r="Q19" s="13">
         <v>43.0</v>
       </c>
       <c r="R19" s="13">
         <v>39.0</v>
       </c>
       <c r="S19" s="13">
-        <v>40.0</v>
+        <v>0.0</v>
       </c>
       <c r="T19" s="13">
-        <v>37.0</v>
+        <v>0.0</v>
       </c>
       <c r="U19" s="13">
-        <v>37.0</v>
+        <v>0.0</v>
       </c>
       <c r="V19" s="13">
-        <v>38.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="20" spans="1:22">
       <c r="A20" s="14" t="s">
         <v>16</v>
       </c>
       <c r="B20" s="14"/>
       <c r="C20" s="14"/>
       <c r="D20" s="14"/>
       <c r="E20" s="14"/>
       <c r="F20" s="14"/>
       <c r="G20" s="14"/>
       <c r="H20" s="14"/>
       <c r="I20" s="14"/>
       <c r="J20" s="14"/>
       <c r="K20" s="14"/>
       <c r="L20" s="14"/>
       <c r="M20" s="14"/>
       <c r="N20" s="14"/>
       <c r="O20" s="14"/>
       <c r="P20" s="14"/>
       <c r="Q20" s="14"/>
       <c r="R20" s="14"/>
       <c r="S20" s="14"/>
       <c r="T20" s="14"/>