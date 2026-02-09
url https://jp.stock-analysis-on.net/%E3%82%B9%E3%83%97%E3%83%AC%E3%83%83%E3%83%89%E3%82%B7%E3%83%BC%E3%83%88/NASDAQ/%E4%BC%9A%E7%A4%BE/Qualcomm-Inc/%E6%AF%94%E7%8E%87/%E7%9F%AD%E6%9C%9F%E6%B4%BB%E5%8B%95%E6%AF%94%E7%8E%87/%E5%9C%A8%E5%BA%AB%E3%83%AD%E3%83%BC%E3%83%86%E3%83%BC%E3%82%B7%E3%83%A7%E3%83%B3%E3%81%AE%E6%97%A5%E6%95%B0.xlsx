--- v0 (2026-02-07)
+++ v1 (2026-02-09)
@@ -865,66 +865,66 @@
       </c>
       <c r="B19" s="12">
         <v>113.0</v>
       </c>
       <c r="C19" s="12">
         <v>116.0</v>
       </c>
       <c r="D19" s="12">
         <v>162.0</v>
       </c>
       <c r="E19" s="12">
         <v>101.0</v>
       </c>
       <c r="F19" s="12">
         <v>106.0</v>
       </c>
       <c r="G19" s="12">
         <v>86.0</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" s="11" t="s">
         <v>16</v>
       </c>
       <c r="B20" s="12">
-        <v>0.0</v>
+        <v>231.0</v>
       </c>
       <c r="C20" s="12">
         <v>252.0</v>
       </c>
       <c r="D20" s="12">
         <v>225.0</v>
       </c>
       <c r="E20" s="12">
         <v>161.0</v>
       </c>
       <c r="F20" s="12">
         <v>117.0</v>
       </c>
       <c r="G20" s="12">
-        <v>137.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="28.8">
       <c r="A21" s="10" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" s="11" t="s">
         <v>18</v>
       </c>
       <c r="B22" s="12">
         <v>0.0</v>
       </c>
       <c r="C22" s="12">
         <v>136.0</v>
       </c>
       <c r="D22" s="12">
         <v>148.0</v>
       </c>
       <c r="E22" s="12">
         <v>130.0</v>
       </c>
       <c r="F22" s="12">
         <v>104.0</v>