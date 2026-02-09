--- v0 (2026-02-07)
+++ v1 (2026-02-09)
@@ -584,453 +584,453 @@
   </sheetPr>
   <dimension ref="A1:F29"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="F29" sqref="F29"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3"/>
       <c r="B4" s="4">
+        <v>46022</v>
+      </c>
+      <c r="C4" s="4">
         <v>45657</v>
       </c>
-      <c r="C4" s="4">
+      <c r="D4" s="4">
         <v>45291</v>
       </c>
-      <c r="D4" s="4">
+      <c r="E4" s="4">
         <v>44926</v>
       </c>
-      <c r="E4" s="4">
+      <c r="F4" s="4">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="5" spans="1:6" customHeight="1" ht="34.8">
       <c r="A5" s="5" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" s="6" t="s">
         <v>3</v>
       </c>
       <c r="B6" s="7">
+        <v>4504900.0</v>
+      </c>
+      <c r="C6" s="7">
         <v>4412600.0</v>
       </c>
-      <c r="C6" s="7">
+      <c r="D6" s="7">
         <v>3953600.0</v>
       </c>
-      <c r="D6" s="7">
+      <c r="E6" s="7">
         <v>4338400.0</v>
       </c>
-      <c r="E6" s="7">
+      <c r="F6" s="7">
         <v>8075300.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>3513200.0</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" s="6" t="s">
         <v>4</v>
       </c>
       <c r="B7" s="7">
+        <v>725800.0</v>
+      </c>
+      <c r="C7" s="7">
         <v>367300.0</v>
       </c>
-      <c r="C7" s="7">
+      <c r="D7" s="7">
         <v>245700.0</v>
       </c>
-      <c r="D7" s="7">
+      <c r="E7" s="7">
         <v>520400.0</v>
       </c>
-      <c r="E7" s="7">
+      <c r="F7" s="7">
         <v>1250500.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>297200.0</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" s="6" t="s">
         <v>5</v>
       </c>
       <c r="B8" s="7">
+        <v>43800.0</v>
+      </c>
+      <c r="C8" s="7">
         <v>55200.0</v>
       </c>
-      <c r="C8" s="7">
+      <c r="D8" s="7">
         <v>73000.0</v>
       </c>
-      <c r="D8" s="7">
+      <c r="E8" s="7">
         <v>59400.0</v>
       </c>
-      <c r="E8" s="7">
+      <c r="F8" s="7">
         <v>57300.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>56900.0</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" s="8" t="s">
         <v>6</v>
       </c>
       <c r="B9" s="9">
+        <v>5274500.0</v>
+      </c>
+      <c r="C9" s="9">
         <v>4835100.0</v>
       </c>
-      <c r="C9" s="9">
+      <c r="D9" s="9">
         <v>4272300.0</v>
       </c>
-      <c r="D9" s="9">
+      <c r="E9" s="9">
         <v>4918200.0</v>
       </c>
-      <c r="E9" s="9">
+      <c r="F9" s="9">
         <v>9383100.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>3867300.0</v>
       </c>
     </row>
     <row r="10" spans="1:6" customHeight="1" ht="34.8">
       <c r="A10" s="5" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" s="8" t="s">
         <v>1</v>
       </c>
       <c r="B11" s="10">
+        <v>120.42</v>
+      </c>
+      <c r="C11" s="10">
         <v>87.59</v>
       </c>
-      <c r="C11" s="10">
+      <c r="D11" s="10">
         <v>58.52</v>
       </c>
-      <c r="D11" s="10">
+      <c r="E11" s="10">
         <v>82.8</v>
       </c>
-      <c r="E11" s="10">
+      <c r="F11" s="10">
         <v>163.75</v>
-      </c>
-[...1 lines deleted...]
-        <v>67.97</v>
       </c>
     </row>
     <row r="12" spans="1:6" customHeight="1" ht="34.8">
       <c r="A12" s="5" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="13" spans="1:6" customHeight="1" ht="28.8">
       <c r="A13" s="11" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" s="12" t="s">
         <v>10</v>
       </c>
       <c r="B14" s="13">
+        <v>0.0</v>
+      </c>
+      <c r="C14" s="13">
         <v>2.32</v>
       </c>
-      <c r="C14" s="13">
+      <c r="D14" s="13">
         <v>3.81</v>
       </c>
-      <c r="D14" s="13">
+      <c r="E14" s="13">
         <v>7.04</v>
       </c>
-      <c r="E14" s="13">
+      <c r="F14" s="13">
         <v>6.36</v>
-      </c>
-[...1 lines deleted...]
-        <v>2.38</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" s="12" t="s">
         <v>11</v>
       </c>
       <c r="B15" s="13">
+        <v>0.0</v>
+      </c>
+      <c r="C15" s="13">
         <v>2.46</v>
       </c>
-      <c r="C15" s="13">
+      <c r="D15" s="13">
         <v>3.73</v>
       </c>
-      <c r="D15" s="13">
+      <c r="E15" s="13">
         <v>6.22</v>
       </c>
-      <c r="E15" s="13">
+      <c r="F15" s="13">
         <v>6.6</v>
-      </c>
-[...1 lines deleted...]
-        <v>7.44</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" s="12" t="s">
         <v>12</v>
       </c>
       <c r="B16" s="13">
+        <v>0.0</v>
+      </c>
+      <c r="C16" s="13">
         <v>-3.3</v>
       </c>
-      <c r="C16" s="13">
+      <c r="D16" s="13">
         <v>8.24</v>
       </c>
-      <c r="D16" s="13">
+      <c r="E16" s="13">
         <v>7.26</v>
       </c>
-      <c r="E16" s="13">
+      <c r="F16" s="13">
         <v>7.07</v>
-      </c>
-[...1 lines deleted...]
-        <v>-3.84</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" s="12" t="s">
         <v>13</v>
       </c>
       <c r="B17" s="13">
+        <v>0.0</v>
+      </c>
+      <c r="C17" s="13">
         <v>17.71</v>
       </c>
-      <c r="C17" s="13">
+      <c r="D17" s="13">
         <v>18.64</v>
       </c>
-      <c r="D17" s="13">
+      <c r="E17" s="13">
         <v>40.3</v>
       </c>
-      <c r="E17" s="13">
+      <c r="F17" s="13">
         <v>32.92</v>
-      </c>
-[...1 lines deleted...]
-        <v>17.35</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" s="12" t="s">
         <v>14</v>
       </c>
       <c r="B18" s="13">
+        <v>0.0</v>
+      </c>
+      <c r="C18" s="13">
         <v>17.24</v>
       </c>
-      <c r="C18" s="13">
+      <c r="D18" s="13">
         <v>14.49</v>
       </c>
-      <c r="D18" s="13">
+      <c r="E18" s="13">
         <v>21.53</v>
       </c>
-      <c r="E18" s="13">
+      <c r="F18" s="13">
         <v>19.12</v>
-      </c>
-[...1 lines deleted...]
-        <v>21.11</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="A19" s="12" t="s">
         <v>15</v>
       </c>
       <c r="B19" s="13">
+        <v>0.0</v>
+      </c>
+      <c r="C19" s="13">
         <v>1.71</v>
       </c>
-      <c r="C19" s="13">
+      <c r="D19" s="13">
         <v>8.27</v>
       </c>
-      <c r="D19" s="13">
+      <c r="E19" s="13">
         <v>7.22</v>
       </c>
-      <c r="E19" s="13">
+      <c r="F19" s="13">
         <v>9.27</v>
-      </c>
-[...1 lines deleted...]
-        <v>2.7</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20" s="12" t="s">
         <v>16</v>
       </c>
       <c r="B20" s="13">
+        <v>0.0</v>
+      </c>
+      <c r="C20" s="13">
         <v>23.1</v>
       </c>
-      <c r="C20" s="13">
+      <c r="D20" s="13">
         <v>20.51</v>
       </c>
-      <c r="D20" s="13">
+      <c r="E20" s="13">
         <v>79.70999999999999</v>
       </c>
-      <c r="E20" s="13">
+      <c r="F20" s="13">
         <v>125.45999999999999</v>
-      </c>
-[...1 lines deleted...]
-        <v>83.069999999999993</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21" s="12" t="s">
         <v>17</v>
       </c>
       <c r="B21" s="13">
+        <v>0.0</v>
+      </c>
+      <c r="C21" s="13">
         <v>16.69</v>
       </c>
-      <c r="C21" s="13">
+      <c r="D21" s="13">
         <v>2.65</v>
       </c>
-      <c r="D21" s="13">
+      <c r="E21" s="13">
         <v>18.09</v>
       </c>
-      <c r="E21" s="13">
+      <c r="F21" s="13">
         <v>18.22</v>
-      </c>
-[...1 lines deleted...]
-        <v>11.58</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" s="12" t="s">
         <v>18</v>
       </c>
       <c r="B22" s="13">
+        <v>0.0</v>
+      </c>
+      <c r="C22" s="13">
         <v>3.6</v>
       </c>
-      <c r="C22" s="13">
+      <c r="D22" s="13">
         <v>1.48</v>
       </c>
-      <c r="D22" s="13">
+      <c r="E22" s="13">
         <v>29.050000000000001</v>
       </c>
-      <c r="E22" s="13">
+      <c r="F22" s="13">
         <v>19.83</v>
-      </c>
-[...1 lines deleted...]
-        <v>6.17</v>
       </c>
     </row>
     <row r="23" spans="1:6">
       <c r="A23" s="12" t="s">
         <v>19</v>
       </c>
       <c r="B23" s="13">
+        <v>0.0</v>
+      </c>
+      <c r="C23" s="13">
         <v>6.03</v>
       </c>
-      <c r="C23" s="13">
+      <c r="D23" s="13">
         <v>5.54</v>
       </c>
-      <c r="D23" s="13">
+      <c r="E23" s="13">
         <v>11.56</v>
       </c>
-      <c r="E23" s="13">
+      <c r="F23" s="13">
         <v>17.49</v>
-      </c>
-[...1 lines deleted...]
-        <v>14.07</v>
       </c>
     </row>
     <row r="24" spans="1:6">
       <c r="A24" s="12" t="s">
         <v>20</v>
       </c>
       <c r="B24" s="13">
+        <v>0.0</v>
+      </c>
+      <c r="C24" s="13">
         <v>9.12</v>
       </c>
-      <c r="C24" s="13">
+      <c r="D24" s="13">
         <v>100.31999999999999</v>
       </c>
-      <c r="D24" s="13">
+      <c r="E24" s="13">
         <v>78.23</v>
       </c>
-      <c r="E24" s="13">
+      <c r="F24" s="13">
         <v>45.4</v>
-      </c>
-[...1 lines deleted...]
-        <v>54.6</v>
       </c>
     </row>
     <row r="25" spans="1:6" customHeight="1" ht="28.8">
       <c r="A25" s="11" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="26" spans="1:6">
       <c r="A26" s="12" t="s">
         <v>22</v>
       </c>
       <c r="B26" s="13">
+        <v>0.0</v>
+      </c>
+      <c r="C26" s="13">
         <v>5.51</v>
       </c>
-      <c r="C26" s="13">
+      <c r="D26" s="13">
         <v>6.43</v>
       </c>
-      <c r="D26" s="13">
+      <c r="E26" s="13">
         <v>15.4</v>
       </c>
-      <c r="E26" s="13">
+      <c r="F26" s="13">
         <v>14.91</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.0</v>
       </c>
     </row>
     <row r="27" spans="1:6" customHeight="1" ht="28.8">
       <c r="A27" s="11" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="28" spans="1:6">
       <c r="A28" s="12" t="s">
         <v>24</v>
       </c>
       <c r="B28" s="13">
+        <v>0.0</v>
+      </c>
+      <c r="C28" s="13">
         <v>6.11</v>
       </c>
-      <c r="C28" s="13">
+      <c r="D28" s="13">
         <v>7.51</v>
       </c>
-      <c r="D28" s="13">
+      <c r="E28" s="13">
         <v>14.75</v>
       </c>
-      <c r="E28" s="13">
+      <c r="F28" s="13">
         <v>14.14</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.0</v>
       </c>
     </row>
     <row r="29" spans="1:6">
       <c r="A29" s="14" t="s">
         <v>25</v>
       </c>
       <c r="B29" s="14"/>
       <c r="C29" s="14"/>
       <c r="D29" s="14"/>
       <c r="E29" s="14"/>
       <c r="F29" s="14"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>