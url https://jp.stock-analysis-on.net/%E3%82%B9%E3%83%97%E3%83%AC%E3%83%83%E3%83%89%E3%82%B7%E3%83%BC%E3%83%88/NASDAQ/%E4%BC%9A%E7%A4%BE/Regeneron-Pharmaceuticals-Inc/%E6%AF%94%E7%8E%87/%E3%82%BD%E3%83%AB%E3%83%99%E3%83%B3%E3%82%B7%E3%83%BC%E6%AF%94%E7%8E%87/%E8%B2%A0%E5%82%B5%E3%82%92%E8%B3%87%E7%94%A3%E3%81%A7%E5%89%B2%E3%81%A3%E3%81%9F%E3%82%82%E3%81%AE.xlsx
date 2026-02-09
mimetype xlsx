--- v0 (2026-02-07)
+++ v1 (2026-02-09)
@@ -587,473 +587,473 @@
   </sheetPr>
   <dimension ref="A1:F31"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="F31" sqref="F31"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3"/>
       <c r="B4" s="4">
+        <v>46022</v>
+      </c>
+      <c r="C4" s="4">
         <v>45657</v>
       </c>
-      <c r="C4" s="4">
+      <c r="D4" s="4">
         <v>45291</v>
       </c>
-      <c r="D4" s="4">
+      <c r="E4" s="4">
         <v>44926</v>
       </c>
-      <c r="E4" s="4">
+      <c r="F4" s="4">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="5" spans="1:6" customHeight="1" ht="34.8">
       <c r="A5" s="5" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" s="6" t="s">
         <v>3</v>
       </c>
       <c r="B6" s="7">
         <v>0.0</v>
       </c>
       <c r="C6" s="7">
         <v>0.0</v>
       </c>
       <c r="D6" s="7">
         <v>0.0</v>
       </c>
       <c r="E6" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="F6" s="7">
         <v>719700.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.0</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" s="6" t="s">
         <v>4</v>
       </c>
       <c r="B7" s="7">
+        <v>1985900.0</v>
+      </c>
+      <c r="C7" s="7">
         <v>1984400.0</v>
       </c>
-      <c r="C7" s="7">
+      <c r="D7" s="7">
         <v>1982900.0</v>
       </c>
-      <c r="D7" s="7">
+      <c r="E7" s="7">
         <v>1981400.0</v>
       </c>
-      <c r="E7" s="7">
+      <c r="F7" s="7">
         <v>1980000.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>1978500.0</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" s="6" t="s">
         <v>5</v>
       </c>
       <c r="B8" s="7">
         <v>720000.0</v>
       </c>
       <c r="C8" s="7">
         <v>720000.0</v>
       </c>
       <c r="D8" s="7">
         <v>720000.0</v>
       </c>
       <c r="E8" s="7">
-        <v>0.0</v>
+        <v>720000.0</v>
       </c>
       <c r="F8" s="7">
-        <v>717200.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" s="8" t="s">
         <v>6</v>
       </c>
       <c r="B9" s="9">
+        <v>2705900.0</v>
+      </c>
+      <c r="C9" s="9">
         <v>2704400.0</v>
       </c>
-      <c r="C9" s="9">
+      <c r="D9" s="9">
         <v>2702900.0</v>
       </c>
-      <c r="D9" s="9">
+      <c r="E9" s="9">
         <v>2701400.0</v>
       </c>
-      <c r="E9" s="9">
+      <c r="F9" s="9">
         <v>2699700.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>2695700.0</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" s="6" t="s">
         <v>7</v>
       </c>
       <c r="B11" s="7">
+        <v>40558700.0</v>
+      </c>
+      <c r="C11" s="7">
         <v>37759400.0</v>
       </c>
-      <c r="C11" s="7">
+      <c r="D11" s="7">
         <v>33080200.0</v>
       </c>
-      <c r="D11" s="7">
+      <c r="E11" s="7">
         <v>29214500.0</v>
       </c>
-      <c r="E11" s="7">
+      <c r="F11" s="7">
         <v>25434800.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>17163300.0</v>
       </c>
     </row>
     <row r="12" spans="1:6" customHeight="1" ht="34.8">
       <c r="A12" s="5" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" s="8" t="s">
         <v>1</v>
       </c>
       <c r="B13" s="10">
         <v>0.07</v>
       </c>
       <c r="C13" s="10">
+        <v>0.07</v>
+      </c>
+      <c r="D13" s="10">
         <v>0.08</v>
       </c>
-      <c r="D13" s="10">
+      <c r="E13" s="10">
         <v>0.09</v>
       </c>
-      <c r="E13" s="10">
+      <c r="F13" s="10">
         <v>0.11</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.16</v>
       </c>
     </row>
     <row r="14" spans="1:6" customHeight="1" ht="34.8">
       <c r="A14" s="5" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="15" spans="1:6" customHeight="1" ht="28.8">
       <c r="A15" s="11" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" s="12" t="s">
         <v>11</v>
       </c>
       <c r="B16" s="13">
+        <v>0.0</v>
+      </c>
+      <c r="C16" s="13">
         <v>0.5</v>
       </c>
-      <c r="C16" s="13">
+      <c r="D16" s="13">
         <v>0.44</v>
       </c>
-      <c r="D16" s="13">
+      <c r="E16" s="13">
         <v>0.46</v>
       </c>
-      <c r="E16" s="13">
+      <c r="F16" s="13">
         <v>0.52</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.57</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" s="12" t="s">
         <v>12</v>
       </c>
       <c r="B17" s="13">
+        <v>0.0</v>
+      </c>
+      <c r="C17" s="13">
         <v>0.65</v>
       </c>
-      <c r="C17" s="13">
+      <c r="D17" s="13">
         <v>0.67</v>
       </c>
-      <c r="D17" s="13">
+      <c r="E17" s="13">
         <v>0.6</v>
       </c>
-      <c r="E17" s="13">
+      <c r="F17" s="13">
         <v>0.54</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.52</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" s="12" t="s">
         <v>13</v>
       </c>
       <c r="B18" s="13">
+        <v>0.0</v>
+      </c>
+      <c r="C18" s="13">
         <v>0.54</v>
       </c>
-      <c r="C18" s="13">
+      <c r="D18" s="13">
         <v>0.42</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.41</v>
       </c>
       <c r="E18" s="13">
         <v>0.41</v>
       </c>
       <c r="F18" s="13">
-        <v>0.43</v>
+        <v>0.41</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="A19" s="12" t="s">
         <v>14</v>
       </c>
       <c r="B19" s="13">
+        <v>0.0</v>
+      </c>
+      <c r="C19" s="13">
         <v>0.21</v>
       </c>
-      <c r="C19" s="13">
+      <c r="D19" s="13">
         <v>0.22</v>
       </c>
-      <c r="D19" s="13">
+      <c r="E19" s="13">
         <v>0.23</v>
       </c>
-      <c r="E19" s="13">
+      <c r="F19" s="13">
         <v>0.27</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.28</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20" s="12" t="s">
         <v>15</v>
       </c>
       <c r="B20" s="13">
+        <v>0.0</v>
+      </c>
+      <c r="C20" s="13">
         <v>0.43</v>
       </c>
-      <c r="C20" s="13">
+      <c r="D20" s="13">
         <v>0.39</v>
       </c>
-      <c r="D20" s="13">
+      <c r="E20" s="13">
         <v>0.33</v>
       </c>
-      <c r="E20" s="13">
+      <c r="F20" s="13">
         <v>0.35</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.36</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21" s="12" t="s">
         <v>16</v>
       </c>
       <c r="B21" s="13">
+        <v>0.0</v>
+      </c>
+      <c r="C21" s="13">
         <v>0.45</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.4</v>
       </c>
       <c r="D21" s="13">
         <v>0.4</v>
       </c>
       <c r="E21" s="13">
+        <v>0.4</v>
+      </c>
+      <c r="F21" s="13">
         <v>0.39</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.46</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" s="12" t="s">
         <v>17</v>
       </c>
       <c r="B22" s="13">
+        <v>0.0</v>
+      </c>
+      <c r="C22" s="13">
         <v>0.2</v>
       </c>
-      <c r="C22" s="13">
+      <c r="D22" s="13">
         <v>0.18</v>
       </c>
-      <c r="D22" s="13">
+      <c r="E22" s="13">
         <v>0.21</v>
       </c>
-      <c r="E22" s="13">
+      <c r="F22" s="13">
         <v>0.19</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.2</v>
       </c>
     </row>
     <row r="23" spans="1:6">
       <c r="A23" s="12" t="s">
         <v>18</v>
       </c>
       <c r="B23" s="13">
+        <v>0.0</v>
+      </c>
+      <c r="C23" s="13">
         <v>0.32</v>
       </c>
-      <c r="C23" s="13">
+      <c r="D23" s="13">
         <v>0.33</v>
       </c>
-      <c r="D23" s="13">
+      <c r="E23" s="13">
         <v>0.28</v>
       </c>
-      <c r="E23" s="13">
+      <c r="F23" s="13">
         <v>0.31</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.35</v>
       </c>
     </row>
     <row r="24" spans="1:6">
       <c r="A24" s="12" t="s">
         <v>19</v>
       </c>
       <c r="B24" s="13">
+        <v>0.0</v>
+      </c>
+      <c r="C24" s="13">
         <v>0.3</v>
       </c>
-      <c r="C24" s="13">
+      <c r="D24" s="13">
         <v>0.32</v>
       </c>
-      <c r="D24" s="13">
+      <c r="E24" s="13">
         <v>0.18</v>
       </c>
-      <c r="E24" s="13">
+      <c r="F24" s="13">
         <v>0.21</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.26</v>
       </c>
     </row>
     <row r="25" spans="1:6">
       <c r="A25" s="12" t="s">
         <v>20</v>
       </c>
       <c r="B25" s="13">
+        <v>0.0</v>
+      </c>
+      <c r="C25" s="13">
         <v>0.32</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.35</v>
       </c>
       <c r="D25" s="13">
         <v>0.35</v>
       </c>
       <c r="E25" s="13">
+        <v>0.35</v>
+      </c>
+      <c r="F25" s="13">
         <v>0.37</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.31</v>
       </c>
     </row>
     <row r="26" spans="1:6">
       <c r="A26" s="12" t="s">
         <v>21</v>
       </c>
       <c r="B26" s="13">
+        <v>0.0</v>
+      </c>
+      <c r="C26" s="13">
         <v>0.01</v>
       </c>
-      <c r="C26" s="13">
+      <c r="D26" s="13">
         <v>0.02</v>
       </c>
-      <c r="D26" s="13">
+      <c r="E26" s="13">
         <v>0.03</v>
       </c>
-      <c r="E26" s="13">
+      <c r="F26" s="13">
         <v>0.04</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.05</v>
       </c>
     </row>
     <row r="27" spans="1:6" customHeight="1" ht="28.8">
       <c r="A27" s="11" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="28" spans="1:6">
       <c r="A28" s="12" t="s">
         <v>23</v>
       </c>
       <c r="B28" s="13">
+        <v>0.0</v>
+      </c>
+      <c r="C28" s="13">
         <v>0.35</v>
       </c>
-      <c r="C28" s="13">
+      <c r="D28" s="13">
         <v>0.34</v>
       </c>
-      <c r="D28" s="13">
+      <c r="E28" s="13">
         <v>0.31</v>
       </c>
-      <c r="E28" s="13">
+      <c r="F28" s="13">
         <v>0.32</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.0</v>
       </c>
     </row>
     <row r="29" spans="1:6" customHeight="1" ht="28.8">
       <c r="A29" s="11" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="30" spans="1:6">
       <c r="A30" s="12" t="s">
         <v>25</v>
       </c>
       <c r="B30" s="13">
+        <v>0.0</v>
+      </c>
+      <c r="C30" s="13">
         <v>0.32</v>
       </c>
-      <c r="C30" s="13">
+      <c r="D30" s="13">
         <v>0.3</v>
       </c>
-      <c r="D30" s="13">
+      <c r="E30" s="13">
         <v>0.28</v>
       </c>
-      <c r="E30" s="13">
+      <c r="F30" s="13">
         <v>0.3</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.0</v>
       </c>
     </row>
     <row r="31" spans="1:6">
       <c r="A31" s="14" t="s">
         <v>26</v>
       </c>
       <c r="B31" s="14"/>
       <c r="C31" s="14"/>
       <c r="D31" s="14"/>
       <c r="E31" s="14"/>
       <c r="F31" s="14"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>