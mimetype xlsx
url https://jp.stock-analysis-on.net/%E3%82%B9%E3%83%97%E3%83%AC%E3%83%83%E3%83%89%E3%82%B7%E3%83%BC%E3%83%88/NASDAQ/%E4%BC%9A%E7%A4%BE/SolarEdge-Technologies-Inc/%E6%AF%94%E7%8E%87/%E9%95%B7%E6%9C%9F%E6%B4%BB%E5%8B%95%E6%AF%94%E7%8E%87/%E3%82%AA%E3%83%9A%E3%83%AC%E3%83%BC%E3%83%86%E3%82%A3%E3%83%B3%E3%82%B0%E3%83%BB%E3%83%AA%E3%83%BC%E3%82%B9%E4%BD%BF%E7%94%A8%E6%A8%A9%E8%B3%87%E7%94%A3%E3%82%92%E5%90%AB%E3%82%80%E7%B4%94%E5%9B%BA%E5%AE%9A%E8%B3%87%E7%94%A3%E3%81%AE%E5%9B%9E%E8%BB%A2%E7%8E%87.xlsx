--- v0 (2026-02-07)
+++ v1 (2026-02-09)
@@ -930,51 +930,51 @@
       </c>
       <c r="C24" s="13">
         <v>6.62</v>
       </c>
       <c r="D24" s="13">
         <v>5.64</v>
       </c>
       <c r="E24" s="13">
         <v>0.0</v>
       </c>
       <c r="F24" s="13">
         <v>0.0</v>
       </c>
     </row>
     <row r="25" spans="1:6">
       <c r="A25" s="12" t="s">
         <v>20</v>
       </c>
       <c r="B25" s="13">
         <v>2.74</v>
       </c>
       <c r="C25" s="13">
         <v>3.27</v>
       </c>
       <c r="D25" s="13">
-        <v>4.03</v>
+        <v>0.0</v>
       </c>
       <c r="E25" s="13">
         <v>0.0</v>
       </c>
       <c r="F25" s="13">
         <v>0.0</v>
       </c>
     </row>
     <row r="26" spans="1:6" customHeight="1" ht="28.8">
       <c r="A26" s="11" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="27" spans="1:6">
       <c r="A27" s="12" t="s">
         <v>22</v>
       </c>
       <c r="B27" s="13">
         <v>2.04</v>
       </c>
       <c r="C27" s="13">
         <v>2.23</v>
       </c>
       <c r="D27" s="13">
         <v>0.0</v>