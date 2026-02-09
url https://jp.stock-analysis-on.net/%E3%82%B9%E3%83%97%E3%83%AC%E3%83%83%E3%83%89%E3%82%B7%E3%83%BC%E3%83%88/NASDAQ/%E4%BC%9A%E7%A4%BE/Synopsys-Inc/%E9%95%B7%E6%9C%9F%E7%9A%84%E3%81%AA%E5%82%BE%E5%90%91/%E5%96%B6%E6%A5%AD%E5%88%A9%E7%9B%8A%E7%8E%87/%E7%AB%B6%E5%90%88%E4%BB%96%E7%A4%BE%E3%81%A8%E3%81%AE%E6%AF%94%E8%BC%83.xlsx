--- v0 (2026-02-07)
+++ v1 (2026-02-09)
@@ -12,54 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="競合他社との比較" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="18">
-[...2 lines deleted...]
-  </si>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="17">
   <si>
     <t>Synopsys Inc.</t>
   </si>
   <si>
     <t>営業利益率、長期トレンド、競合他社との比較</t>
   </si>
   <si>
     <t>Accenture PLC</t>
   </si>
   <si>
     <t>Adobe Inc.</t>
   </si>
   <si>
     <t>AppLovin Corp.</t>
   </si>
   <si>
     <t>Cadence Design Systems Inc.</t>
   </si>
   <si>
     <t>CrowdStrike Holdings Inc.</t>
   </si>
   <si>
     <t>Datadog Inc.</t>
   </si>
   <si>
@@ -76,67 +73,58 @@
   </si>
   <si>
     <t>Palo Alto Networks Inc.</t>
   </si>
   <si>
     <t>Salesforce Inc.</t>
   </si>
   <si>
     <t>ServiceNow Inc.</t>
   </si>
   <si>
     <t>Workday Inc.</t>
   </si>
   <si>
     <t>源： https://jp.stock-analysis-on.net</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-411]yyyy/mm/dd"/>
     <numFmt numFmtId="165" formatCode="#,##0.00%;-#,##0.00%;&quot;—&quot;"/>
   </numFmts>
-  <fonts count="6">
+  <fonts count="5">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF252525"/>
-      <name val="Calibri"/>
-[...7 lines deleted...]
-      <color rgb="FFFF0000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="22"/>
       <color rgb="FF7E261B"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="17"/>
       <color rgb="FF757575"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -172,68 +160,67 @@
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color rgb="FF252525"/>
       </top>
       <bottom style="medium">
         <color rgb="FF252525"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color rgb="FF252525"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="9">
+  <cellXfs count="8">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="2" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
-    <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
-    <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+    <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
-    <xf xfId="0" fontId="4" numFmtId="49" fillId="0" borderId="1" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
+    <xf xfId="0" fontId="3" numFmtId="49" fillId="0" borderId="1" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="165" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
-    <xf xfId="0" fontId="5" numFmtId="0" fillId="0" borderId="2" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0"/>
+    <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="2" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -497,1190 +484,1185 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P28"/>
+  <dimension ref="A1:P26"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
-      <selection activeCell="P28" sqref="P28"/>
+      <selection activeCell="P26" sqref="P26"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="3" spans="1:16">
-      <c r="A3" s="2" t="s">
+    <row r="2" spans="1:16">
+      <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:16">
-      <c r="A4" s="3" t="s">
+      <c r="A4" s="3"/>
+      <c r="B4" s="4" t="s">
+        <v>0</v>
+      </c>
+      <c r="C4" s="4" t="s">
         <v>2</v>
       </c>
+      <c r="D4" s="4" t="s">
+        <v>3</v>
+      </c>
+      <c r="E4" s="4" t="s">
+        <v>4</v>
+      </c>
+      <c r="F4" s="4" t="s">
+        <v>5</v>
+      </c>
+      <c r="G4" s="4" t="s">
+        <v>6</v>
+      </c>
+      <c r="H4" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="I4" s="4" t="s">
+        <v>8</v>
+      </c>
+      <c r="J4" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="K4" s="4" t="s">
+        <v>10</v>
+      </c>
+      <c r="L4" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="M4" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="N4" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="O4" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="P4" s="4" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" s="5">
+        <v>45961</v>
+      </c>
+      <c r="B5" s="6">
+        <v>0.1297</v>
+      </c>
+      <c r="C5" s="6">
+        <v>0.1468</v>
+      </c>
+      <c r="D5" s="6">
+        <v>0.3663</v>
+      </c>
+      <c r="E5" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="F5" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="G5" s="6">
+        <v>-0.0305</v>
+      </c>
+      <c r="H5" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="I5" s="6">
+        <v>0.2614</v>
+      </c>
+      <c r="J5" s="6">
+        <v>0.4562</v>
+      </c>
+      <c r="K5" s="6">
+        <v>0.308</v>
+      </c>
+      <c r="L5" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="M5" s="6">
+        <v>0.1348</v>
+      </c>
+      <c r="N5" s="6">
+        <v>0.1901</v>
+      </c>
+      <c r="O5" s="6">
+        <v>0.1374</v>
+      </c>
+      <c r="P5" s="6">
+        <v>0.0491</v>
+      </c>
     </row>
     <row r="6" spans="1:16">
-      <c r="A6" s="4"/>
-[...42 lines deleted...]
-      <c r="P6" s="5" t="s">
+      <c r="A6" s="5">
+        <v>45596</v>
+      </c>
+      <c r="B6" s="6">
+        <v>0.2213</v>
+      </c>
+      <c r="C6" s="6">
+        <v>0.1479</v>
+      </c>
+      <c r="D6" s="6">
+        <v>0.3135</v>
+      </c>
+      <c r="E6" s="6">
+        <v>0.3978</v>
+      </c>
+      <c r="F6" s="6">
+        <v>0.291</v>
+      </c>
+      <c r="G6" s="6">
+        <v>-0.0007</v>
+      </c>
+      <c r="H6" s="6">
+        <v>0.0202</v>
+      </c>
+      <c r="I6" s="6">
+        <v>0.2229</v>
+      </c>
+      <c r="J6" s="6">
+        <v>0.4464</v>
+      </c>
+      <c r="K6" s="6">
+        <v>0.2899</v>
+      </c>
+      <c r="L6" s="6">
+        <v>0.1083</v>
+      </c>
+      <c r="M6" s="6">
+        <v>0.0852</v>
+      </c>
+      <c r="N6" s="6">
+        <v>0.1438</v>
+      </c>
+      <c r="O6" s="6">
+        <v>0.1242</v>
+      </c>
+      <c r="P6" s="6">
+        <v>0.0252</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" s="5">
+        <v>45230</v>
+      </c>
+      <c r="B7" s="6">
+        <v>0.2172</v>
+      </c>
+      <c r="C7" s="6">
+        <v>0.1374</v>
+      </c>
+      <c r="D7" s="6">
+        <v>0.3426</v>
+      </c>
+      <c r="E7" s="6">
+        <v>0.1974</v>
+      </c>
+      <c r="F7" s="6">
+        <v>0.3059</v>
+      </c>
+      <c r="G7" s="6">
+        <v>-0.0848</v>
+      </c>
+      <c r="H7" s="6">
+        <v>-0.0157</v>
+      </c>
+      <c r="I7" s="6">
+        <v>0.2186</v>
+      </c>
+      <c r="J7" s="6">
+        <v>0.4177</v>
+      </c>
+      <c r="K7" s="6">
+        <v>0.2621</v>
+      </c>
+      <c r="L7" s="6">
+        <v>0.0539</v>
+      </c>
+      <c r="M7" s="6">
+        <v>0.0562</v>
+      </c>
+      <c r="N7" s="6">
+        <v>0.0329</v>
+      </c>
+      <c r="O7" s="6">
+        <v>0.0849</v>
+      </c>
+      <c r="P7" s="6">
+        <v>-0.0357</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" s="5">
+        <v>44865</v>
+      </c>
+      <c r="B8" s="6">
+        <v>0.2287</v>
+      </c>
+      <c r="C8" s="6">
+        <v>0.1521</v>
+      </c>
+      <c r="D8" s="6">
+        <v>0.3464</v>
+      </c>
+      <c r="E8" s="6">
+        <v>-0.017</v>
+      </c>
+      <c r="F8" s="6">
+        <v>0.3015</v>
+      </c>
+      <c r="G8" s="6">
+        <v>-0.0982</v>
+      </c>
+      <c r="H8" s="6">
+        <v>-0.035</v>
+      </c>
+      <c r="I8" s="6">
+        <v>0.202</v>
+      </c>
+      <c r="J8" s="6">
+        <v>0.4206</v>
+      </c>
+      <c r="K8" s="6">
+        <v>0.2574</v>
+      </c>
+      <c r="L8" s="6">
+        <v>-0.0846</v>
+      </c>
+      <c r="M8" s="6">
+        <v>-0.0343</v>
+      </c>
+      <c r="N8" s="6">
+        <v>0.0207</v>
+      </c>
+      <c r="O8" s="6">
+        <v>0.049</v>
+      </c>
+      <c r="P8" s="6">
+        <v>-0.0227</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" s="5">
+        <v>44500</v>
+      </c>
+      <c r="B9" s="6">
+        <v>0.1748</v>
+      </c>
+      <c r="C9" s="6">
+        <v>0.1508</v>
+      </c>
+      <c r="D9" s="6">
+        <v>0.3676</v>
+      </c>
+      <c r="E9" s="6">
+        <v>0.0537</v>
+      </c>
+      <c r="F9" s="6">
+        <v>0.2607</v>
+      </c>
+      <c r="G9" s="6">
+        <v>-0.1058</v>
+      </c>
+      <c r="H9" s="6">
+        <v>-0.0186</v>
+      </c>
+      <c r="I9" s="6">
+        <v>0.2595</v>
+      </c>
+      <c r="J9" s="6">
+        <v>0.4159</v>
+      </c>
+      <c r="K9" s="6">
+        <v>0.3758</v>
+      </c>
+      <c r="L9" s="6">
+        <v>-0.2666</v>
+      </c>
+      <c r="M9" s="6">
+        <v>-0.0715</v>
+      </c>
+      <c r="N9" s="6">
+        <v>0.0214</v>
+      </c>
+      <c r="O9" s="6">
+        <v>0.0436</v>
+      </c>
+      <c r="P9" s="6">
+        <v>-0.0576</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" s="5">
+        <v>44135</v>
+      </c>
+      <c r="B10" s="6">
+        <v>0.1683</v>
+      </c>
+      <c r="C10" s="6">
+        <v>0.1469</v>
+      </c>
+      <c r="D10" s="6">
+        <v>0.3293</v>
+      </c>
+      <c r="E10" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="F10" s="6">
+        <v>0.2406</v>
+      </c>
+      <c r="G10" s="6">
+        <v>-0.3034</v>
+      </c>
+      <c r="H10" s="6">
+        <v>-0.0228</v>
+      </c>
+      <c r="I10" s="6">
+        <v>0.2834</v>
+      </c>
+      <c r="J10" s="6">
+        <v>0.3703</v>
+      </c>
+      <c r="K10" s="6">
+        <v>0.3557</v>
+      </c>
+      <c r="L10" s="6">
+        <v>-1.0741</v>
+      </c>
+      <c r="M10" s="6">
+        <v>-0.0525</v>
+      </c>
+      <c r="N10" s="6">
+        <v>0.0174</v>
+      </c>
+      <c r="O10" s="6">
+        <v>0.044</v>
+      </c>
+      <c r="P10" s="6">
+        <v>-0.1385</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" s="5">
+        <v>43769</v>
+      </c>
+      <c r="B11" s="6">
+        <v>0.1548</v>
+      </c>
+      <c r="C11" s="6">
+        <v>0.1459</v>
+      </c>
+      <c r="D11" s="6">
+        <v>0.2925</v>
+      </c>
+      <c r="E11" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="F11" s="6">
+        <v>0.2105</v>
+      </c>
+      <c r="G11" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="H11" s="6">
+        <v>-0.0555</v>
+      </c>
+      <c r="I11" s="6">
+        <v>0.2733</v>
+      </c>
+      <c r="J11" s="6">
+        <v>0.3414</v>
+      </c>
+      <c r="K11" s="6">
+        <v>0.3426</v>
+      </c>
+      <c r="L11" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="M11" s="6">
+        <v>-0.0187</v>
+      </c>
+      <c r="N11" s="6">
+        <v>0.0403</v>
+      </c>
+      <c r="O11" s="6">
+        <v>0.0122</v>
+      </c>
+      <c r="P11" s="6">
+        <v>-0.1642</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" s="5">
+        <v>43404</v>
+      </c>
+      <c r="B12" s="6">
+        <v>0.1154</v>
+      </c>
+      <c r="C12" s="6">
+        <v>0.1404</v>
+      </c>
+      <c r="D12" s="6">
+        <v>0.3145</v>
+      </c>
+      <c r="E12" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="F12" s="6">
+        <v>0.1853</v>
+      </c>
+      <c r="G12" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="H12" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="I12" s="6">
+        <v>0.251</v>
+      </c>
+      <c r="J12" s="6">
+        <v>0.3177</v>
+      </c>
+      <c r="K12" s="6">
+        <v>0.3434</v>
+      </c>
+      <c r="L12" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="M12" s="6">
+        <v>-0.0568</v>
+      </c>
+      <c r="N12" s="6">
+        <v>0.0225</v>
+      </c>
+      <c r="O12" s="6">
+        <v>-0.0163</v>
+      </c>
+      <c r="P12" s="6">
+        <v>-0.1415</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" s="5">
+        <v>43039</v>
+      </c>
+      <c r="B13" s="6">
+        <v>0.1276</v>
+      </c>
+      <c r="C13" s="6">
+        <v>0.126</v>
+      </c>
+      <c r="D13" s="6">
+        <v>0.2969</v>
+      </c>
+      <c r="E13" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="F13" s="6">
+        <v>0.1667</v>
+      </c>
+      <c r="G13" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="H13" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="I13" s="6">
+        <v>0.2695</v>
+      </c>
+      <c r="J13" s="6">
+        <v>0.2482</v>
+      </c>
+      <c r="K13" s="6">
+        <v>0.3369</v>
+      </c>
+      <c r="L13" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="M13" s="6">
+        <v>-0.1021</v>
+      </c>
+      <c r="N13" s="6">
+        <v>0.0077</v>
+      </c>
+      <c r="O13" s="6">
+        <v>-0.0525</v>
+      </c>
+      <c r="P13" s="6">
+        <v>-0.24</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" s="5">
+        <v>42674</v>
+      </c>
+      <c r="B14" s="6">
+        <v>0.131</v>
+      </c>
+      <c r="C14" s="6">
+        <v>0.1382</v>
+      </c>
+      <c r="D14" s="6">
+        <v>0.2551</v>
+      </c>
+      <c r="E14" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="F14" s="6">
+        <v>0.1349</v>
+      </c>
+      <c r="G14" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="H14" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="I14" s="6">
+        <v>0.2646</v>
+      </c>
+      <c r="J14" s="6">
+        <v>0.2365</v>
+      </c>
+      <c r="K14" s="6">
+        <v>0.3402</v>
+      </c>
+      <c r="L14" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="M14" s="6">
+        <v>-0.1379</v>
+      </c>
+      <c r="N14" s="6">
+        <v>0.0172</v>
+      </c>
+      <c r="O14" s="6">
+        <v>-0.3041</v>
+      </c>
+      <c r="P14" s="6">
+        <v>-0.2277</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" s="5">
+        <v>42308</v>
+      </c>
+      <c r="B15" s="6">
+        <v>0.1188</v>
+      </c>
+      <c r="C15" s="6">
+        <v>0.1348</v>
+      </c>
+      <c r="D15" s="6">
+        <v>0.1883</v>
+      </c>
+      <c r="E15" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="F15" s="6">
+        <v>0.1677</v>
+      </c>
+      <c r="G15" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="H15" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="I15" s="6">
+        <v>0.176</v>
+      </c>
+      <c r="J15" s="6">
+        <v>0.1941</v>
+      </c>
+      <c r="K15" s="6">
+        <v>0.3629</v>
+      </c>
+      <c r="L15" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="M15" s="6">
+        <v>-0.1439</v>
+      </c>
+      <c r="N15" s="6">
+        <v>-0.0271</v>
+      </c>
+      <c r="O15" s="6">
+        <v>-0.1655</v>
+      </c>
+      <c r="P15" s="6">
+        <v>-0.2738</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" s="5">
+        <v>41943</v>
+      </c>
+      <c r="B16" s="6">
+        <v>0.1209</v>
+      </c>
+      <c r="C16" s="6">
+        <v>0.1349</v>
+      </c>
+      <c r="D16" s="6">
+        <v>0.0995</v>
+      </c>
+      <c r="E16" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="F16" s="6">
+        <v>0.1307</v>
+      </c>
+      <c r="G16" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="H16" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="I16" s="6">
+        <v>0.2916</v>
+      </c>
+      <c r="J16" s="6">
+        <v>0.3197</v>
+      </c>
+      <c r="K16" s="6">
+        <v>0.3856</v>
+      </c>
+      <c r="L16" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="M16" s="6">
+        <v>-0.36</v>
+      </c>
+      <c r="N16" s="6">
+        <v>-0.0703</v>
+      </c>
+      <c r="O16" s="6">
+        <v>-0.2224</v>
+      </c>
+      <c r="P16" s="6">
+        <v>-0.3269</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" s="5">
+        <v>41578</v>
+      </c>
+      <c r="B17" s="6">
+        <v>0.1256</v>
+      </c>
+      <c r="C17" s="6">
+        <v>0.1427</v>
+      </c>
+      <c r="D17" s="6">
+        <v>0.1042</v>
+      </c>
+      <c r="E17" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="F17" s="6">
+        <v>0.1294</v>
+      </c>
+      <c r="G17" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="H17" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="I17" s="6">
+        <v>0.2956</v>
+      </c>
+      <c r="J17" s="6">
+        <v>0.3438</v>
+      </c>
+      <c r="K17" s="6">
+        <v>0.3949</v>
+      </c>
+      <c r="L17" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="M17" s="6">
+        <v>-0.047</v>
+      </c>
+      <c r="N17" s="6">
+        <v>-0.0363</v>
+      </c>
+      <c r="O17" s="6">
+        <v>-0.1561</v>
+      </c>
+      <c r="P17" s="6">
+        <v>-0.4307</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" s="5">
+        <v>41213</v>
+      </c>
+      <c r="B18" s="6">
+        <v>0.1082</v>
+      </c>
+      <c r="C18" s="6">
+        <v>0.13</v>
+      </c>
+      <c r="D18" s="6">
+        <v>0.268</v>
+      </c>
+      <c r="E18" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="F18" s="6">
+        <v>0.1596</v>
+      </c>
+      <c r="G18" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="H18" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="I18" s="6">
+        <v>0.2835</v>
+      </c>
+      <c r="J18" s="6">
+        <v>0.2952</v>
+      </c>
+      <c r="K18" s="6">
+        <v>0.3692</v>
+      </c>
+      <c r="L18" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="M18" s="6">
+        <v>0.0153</v>
+      </c>
+      <c r="N18" s="6">
+        <v>-0.0155</v>
+      </c>
+      <c r="O18" s="6">
+        <v>-0.1542</v>
+      </c>
+      <c r="P18" s="6">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" s="5">
+        <v>40847</v>
+      </c>
+      <c r="B19" s="6">
+        <v>0.1386</v>
+      </c>
+      <c r="C19" s="6">
+        <v>0.1269</v>
+      </c>
+      <c r="D19" s="6">
+        <v>0.2607</v>
+      </c>
+      <c r="E19" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="F19" s="6">
+        <v>0.1047</v>
+      </c>
+      <c r="G19" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="H19" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="I19" s="6">
+        <v>0.2615</v>
+      </c>
+      <c r="J19" s="6">
+        <v>0.3883</v>
+      </c>
+      <c r="K19" s="6">
+        <v>0.3378</v>
+      </c>
+      <c r="L19" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="M19" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="N19" s="6">
+        <v>0.0588</v>
+      </c>
+      <c r="O19" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="P19" s="6">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" s="5">
+        <v>40482</v>
+      </c>
+      <c r="B20" s="6">
+        <v>0.1333</v>
+      </c>
+      <c r="C20" s="6">
+        <v>0.1262</v>
+      </c>
+      <c r="D20" s="6">
+        <v>0.2613</v>
+      </c>
+      <c r="E20" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="F20" s="6">
+        <v>-0.0309</v>
+      </c>
+      <c r="G20" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="H20" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="I20" s="6">
+        <v>0.2498</v>
+      </c>
+      <c r="J20" s="6">
+        <v>0.3857</v>
+      </c>
+      <c r="K20" s="6">
+        <v>0.3379</v>
+      </c>
+      <c r="L20" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="M20" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="N20" s="6">
+        <v>0.0883</v>
+      </c>
+      <c r="O20" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="P20" s="6">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" s="5">
+        <v>40117</v>
+      </c>
+      <c r="B21" s="6">
+        <v>0.1531</v>
+      </c>
+      <c r="C21" s="6">
+        <v>0.1141</v>
+      </c>
+      <c r="D21" s="6">
+        <v>0.2344</v>
+      </c>
+      <c r="E21" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="F21" s="6">
+        <v>-0.145</v>
+      </c>
+      <c r="G21" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="H21" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="I21" s="6">
+        <v>0.2143</v>
+      </c>
+      <c r="J21" s="6">
+        <v>0.3485</v>
+      </c>
+      <c r="K21" s="6">
+        <v>0.3579</v>
+      </c>
+      <c r="L21" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="M21" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="N21" s="6">
+        <v>0.0592</v>
+      </c>
+      <c r="O21" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="P21" s="6">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" s="5">
+        <v>39752</v>
+      </c>
+      <c r="B22" s="6">
+        <v>0.1639</v>
+      </c>
+      <c r="C22" s="6">
+        <v>0.119</v>
+      </c>
+      <c r="D22" s="6">
+        <v>0.2872</v>
+      </c>
+      <c r="E22" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="F22" s="6">
+        <v>-1.5148</v>
+      </c>
+      <c r="G22" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="H22" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="I22" s="6">
+        <v>0.2119</v>
+      </c>
+      <c r="J22" s="6">
+        <v>0.3723</v>
+      </c>
+      <c r="K22" s="6">
+        <v>0.3497</v>
+      </c>
+      <c r="L22" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="M22" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="N22" s="6">
+        <v>0.0271</v>
+      </c>
+      <c r="O22" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="P22" s="6">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" s="5">
+        <v>39386</v>
+      </c>
+      <c r="B23" s="6">
+        <v>0.0974</v>
+      </c>
+      <c r="C23" s="6">
+        <v>0.1162</v>
+      </c>
+      <c r="D23" s="6">
+        <v>0.2716</v>
+      </c>
+      <c r="E23" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="F23" s="6">
+        <v>0.1968</v>
+      </c>
+      <c r="G23" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="H23" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="I23" s="6">
+        <v>0.2385</v>
+      </c>
+      <c r="J23" s="6">
+        <v>0.3623</v>
+      </c>
+      <c r="K23" s="6">
+        <v>0.332</v>
+      </c>
+      <c r="L23" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="M23" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="N23" s="6">
+        <v>-0.0072</v>
+      </c>
+      <c r="O23" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="P23" s="6">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" s="5">
+        <v>39021</v>
+      </c>
+      <c r="B24" s="6">
+        <v>0.0269</v>
+      </c>
+      <c r="C24" s="6">
+        <v>0.101</v>
+      </c>
+      <c r="D24" s="6">
+        <v>0.2141</v>
+      </c>
+      <c r="E24" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="F24" s="6">
+        <v>0.1514</v>
+      </c>
+      <c r="G24" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="H24" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="I24" s="6">
+        <v>0.2389</v>
+      </c>
+      <c r="J24" s="6">
+        <v>0.372</v>
+      </c>
+      <c r="K24" s="6">
+        <v>0.3293</v>
+      </c>
+      <c r="L24" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="M24" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="N24" s="6">
+        <v>0.0649</v>
+      </c>
+      <c r="O24" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="P24" s="6">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" s="5">
+        <v>38656</v>
+      </c>
+      <c r="B25" s="6">
+        <v>-0.0534</v>
+      </c>
+      <c r="C25" s="6">
+        <v>0.1235</v>
+      </c>
+      <c r="D25" s="6">
+        <v>0.3705</v>
+      </c>
+      <c r="E25" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="F25" s="6">
+        <v>0.0894</v>
+      </c>
+      <c r="G25" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="H25" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="I25" s="6">
+        <v>0.2572</v>
+      </c>
+      <c r="J25" s="6">
+        <v>0.366</v>
+      </c>
+      <c r="K25" s="6">
+        <v>0.3409</v>
+      </c>
+      <c r="L25" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="M25" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="N25" s="6">
+        <v>0.037</v>
+      </c>
+      <c r="O25" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="P25" s="6">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" s="7" t="s">
         <v>16</v>
       </c>
-    </row>
-[...1068 lines deleted...]
-      <c r="P28" s="8"/>
+      <c r="B26" s="7"/>
+      <c r="C26" s="7"/>
+      <c r="D26" s="7"/>
+      <c r="E26" s="7"/>
+      <c r="F26" s="7"/>
+      <c r="G26" s="7"/>
+      <c r="H26" s="7"/>
+      <c r="I26" s="7"/>
+      <c r="J26" s="7"/>
+      <c r="K26" s="7"/>
+      <c r="L26" s="7"/>
+      <c r="M26" s="7"/>
+      <c r="N26" s="7"/>
+      <c r="O26" s="7"/>
+      <c r="P26" s="7"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">