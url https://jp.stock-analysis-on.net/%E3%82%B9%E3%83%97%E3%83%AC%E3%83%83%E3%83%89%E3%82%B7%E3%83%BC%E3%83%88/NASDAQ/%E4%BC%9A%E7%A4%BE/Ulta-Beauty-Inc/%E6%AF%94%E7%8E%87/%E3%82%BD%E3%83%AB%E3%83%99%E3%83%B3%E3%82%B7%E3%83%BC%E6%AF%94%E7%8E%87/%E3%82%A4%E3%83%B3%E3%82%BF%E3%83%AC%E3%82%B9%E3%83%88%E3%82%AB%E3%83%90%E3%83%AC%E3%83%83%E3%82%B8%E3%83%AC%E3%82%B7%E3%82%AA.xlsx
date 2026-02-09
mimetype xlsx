--- v0 (2026-02-07)
+++ v1 (2026-02-09)
@@ -730,51 +730,51 @@
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="34.8">
       <c r="A12" s="5" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="28.8">
       <c r="A13" s="11" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" s="12" t="s">
         <v>10</v>
       </c>
       <c r="B14" s="13">
         <v>12.8</v>
       </c>
       <c r="C14" s="13">
         <v>-1.51</v>
       </c>
       <c r="D14" s="13">
         <v>22.09</v>
       </c>
       <c r="E14" s="13">
-        <v>15.69</v>
+        <v>0.0</v>
       </c>
       <c r="F14" s="13">
         <v>0.0</v>
       </c>
       <c r="G14" s="13">
         <v>0.0</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" s="12" t="s">
         <v>11</v>
       </c>
       <c r="B15" s="13">
         <v>14.9</v>
       </c>
       <c r="C15" s="13">
         <v>17.14</v>
       </c>
       <c r="D15" s="13">
         <v>13.6</v>
       </c>
       <c r="E15" s="13">
         <v>13.25</v>
       </c>
       <c r="F15" s="13">