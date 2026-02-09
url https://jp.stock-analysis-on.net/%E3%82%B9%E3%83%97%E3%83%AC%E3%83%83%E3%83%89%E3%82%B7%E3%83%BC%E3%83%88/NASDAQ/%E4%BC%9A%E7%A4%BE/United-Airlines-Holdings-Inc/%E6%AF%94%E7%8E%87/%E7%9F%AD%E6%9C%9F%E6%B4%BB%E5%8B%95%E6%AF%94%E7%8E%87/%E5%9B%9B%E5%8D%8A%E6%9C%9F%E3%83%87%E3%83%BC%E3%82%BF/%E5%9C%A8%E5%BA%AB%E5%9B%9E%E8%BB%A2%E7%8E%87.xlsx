--- v0 (2026-02-07)
+++ v1 (2026-02-09)
@@ -929,60 +929,60 @@
       <c r="I14" s="13">
         <v>32.46</v>
       </c>
       <c r="J14" s="13">
         <v>31.35</v>
       </c>
       <c r="K14" s="13">
         <v>33.38</v>
       </c>
       <c r="L14" s="13">
         <v>34.44</v>
       </c>
       <c r="M14" s="13">
         <v>33.57</v>
       </c>
       <c r="N14" s="13">
         <v>30.77</v>
       </c>
       <c r="O14" s="13">
         <v>29.66</v>
       </c>
       <c r="P14" s="13">
         <v>31.22</v>
       </c>
       <c r="Q14" s="13">
-        <v>35.11</v>
+        <v>0.0</v>
       </c>
       <c r="R14" s="13">
-        <v>31.95</v>
+        <v>0.0</v>
       </c>
       <c r="S14" s="13">
-        <v>29.89</v>
+        <v>0.0</v>
       </c>
       <c r="T14" s="13">
-        <v>29.29</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="15" spans="1:20">
       <c r="A15" s="14" t="s">
         <v>11</v>
       </c>
       <c r="B15" s="14"/>
       <c r="C15" s="14"/>
       <c r="D15" s="14"/>
       <c r="E15" s="14"/>
       <c r="F15" s="14"/>
       <c r="G15" s="14"/>
       <c r="H15" s="14"/>
       <c r="I15" s="14"/>
       <c r="J15" s="14"/>
       <c r="K15" s="14"/>
       <c r="L15" s="14"/>
       <c r="M15" s="14"/>
       <c r="N15" s="14"/>
       <c r="O15" s="14"/>
       <c r="P15" s="14"/>
       <c r="Q15" s="14"/>
       <c r="R15" s="14"/>
       <c r="S15" s="14"/>
       <c r="T15" s="14"/>