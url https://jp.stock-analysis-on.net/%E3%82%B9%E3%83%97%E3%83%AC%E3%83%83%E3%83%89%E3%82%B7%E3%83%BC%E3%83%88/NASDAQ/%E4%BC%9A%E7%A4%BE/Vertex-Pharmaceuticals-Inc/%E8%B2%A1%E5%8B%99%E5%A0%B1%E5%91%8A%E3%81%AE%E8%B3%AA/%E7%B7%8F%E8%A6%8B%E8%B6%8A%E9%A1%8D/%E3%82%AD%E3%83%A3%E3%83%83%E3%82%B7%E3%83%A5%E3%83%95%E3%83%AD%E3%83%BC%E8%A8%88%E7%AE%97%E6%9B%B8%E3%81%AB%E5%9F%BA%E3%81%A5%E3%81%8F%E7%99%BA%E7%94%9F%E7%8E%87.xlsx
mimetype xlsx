--- v0 (2026-02-07)
+++ v1 (2026-02-09)
@@ -919,51 +919,51 @@
       </c>
       <c r="D22" s="14">
         <v>0.1846</v>
       </c>
       <c r="E22" s="14">
         <v>0.1318</v>
       </c>
       <c r="F22" s="14">
         <v>0.0</v>
       </c>
     </row>
     <row r="23" spans="1:6">
       <c r="A23" s="13" t="s">
         <v>20</v>
       </c>
       <c r="B23" s="14">
         <v>0.1204</v>
       </c>
       <c r="C23" s="14">
         <v>0.1435</v>
       </c>
       <c r="D23" s="14">
         <v>0.1861</v>
       </c>
       <c r="E23" s="14">
-        <v>0.4924</v>
+        <v>0.0</v>
       </c>
       <c r="F23" s="14">
         <v>0.0</v>
       </c>
     </row>
     <row r="24" spans="1:6">
       <c r="A24" s="13" t="s">
         <v>21</v>
       </c>
       <c r="B24" s="14">
         <v>0.0471</v>
       </c>
       <c r="C24" s="14">
         <v>0.038</v>
       </c>
       <c r="D24" s="14">
         <v>-0.0006</v>
       </c>
       <c r="E24" s="14">
         <v>0.3469</v>
       </c>
       <c r="F24" s="14">
         <v>0.0</v>
       </c>
     </row>