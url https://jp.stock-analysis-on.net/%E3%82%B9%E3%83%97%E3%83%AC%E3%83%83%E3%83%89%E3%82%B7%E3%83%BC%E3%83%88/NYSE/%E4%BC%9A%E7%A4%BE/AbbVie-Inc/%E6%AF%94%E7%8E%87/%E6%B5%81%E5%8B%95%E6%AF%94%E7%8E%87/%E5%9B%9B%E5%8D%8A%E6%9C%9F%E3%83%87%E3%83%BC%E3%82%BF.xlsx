--- v0 (2026-02-07)
+++ v1 (2026-02-09)
@@ -1752,60 +1752,60 @@
       <c r="I21" s="7">
         <v>5.69</v>
       </c>
       <c r="J21" s="7">
         <v>5.18</v>
       </c>
       <c r="K21" s="7">
         <v>5.45</v>
       </c>
       <c r="L21" s="7">
         <v>5.45</v>
       </c>
       <c r="M21" s="7">
         <v>5.06</v>
       </c>
       <c r="N21" s="7">
         <v>5.36</v>
       </c>
       <c r="O21" s="7">
         <v>5.12</v>
       </c>
       <c r="P21" s="7">
         <v>4.76</v>
       </c>
       <c r="Q21" s="7">
-        <v>3.56</v>
+        <v>0.0</v>
       </c>
       <c r="R21" s="7">
-        <v>3.71</v>
+        <v>0.0</v>
       </c>
       <c r="S21" s="7">
-        <v>3.57</v>
+        <v>0.0</v>
       </c>
       <c r="T21" s="7">
-        <v>3.12</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="22" spans="1:20">
       <c r="A22" s="15" t="s">
         <v>21</v>
       </c>
       <c r="B22" s="7">
         <v>1.5</v>
       </c>
       <c r="C22" s="7">
         <v>1.93</v>
       </c>
       <c r="D22" s="7">
         <v>1.77</v>
       </c>
       <c r="E22" s="7">
         <v>1.66</v>
       </c>
       <c r="F22" s="7">
         <v>1.63</v>
       </c>
       <c r="G22" s="7">
         <v>1.72</v>
       </c>
       <c r="H22" s="7">
@@ -2948,60 +2948,60 @@
       <c r="I25" s="7">
         <v>4.82</v>
       </c>
       <c r="J25" s="7">
         <v>4.31</v>
       </c>
       <c r="K25" s="7">
         <v>4.53</v>
       </c>
       <c r="L25" s="7">
         <v>4.54</v>
       </c>
       <c r="M25" s="7">
         <v>4.16</v>
       </c>
       <c r="N25" s="7">
         <v>4.37</v>
       </c>
       <c r="O25" s="7">
         <v>4.2</v>
       </c>
       <c r="P25" s="7">
         <v>3.95</v>
       </c>
       <c r="Q25" s="7">
-        <v>2.98</v>
+        <v>0.0</v>
       </c>
       <c r="R25" s="7">
-        <v>3.03</v>
+        <v>0.0</v>
       </c>
       <c r="S25" s="7">
-        <v>2.92</v>
+        <v>0.0</v>
       </c>
       <c r="T25" s="7">
-        <v>2.39</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="26" spans="1:20">
       <c r="A26" s="15" t="s">
         <v>21</v>
       </c>
       <c r="B26" s="7">
         <v>0.95</v>
       </c>
       <c r="C26" s="7">
         <v>1.29</v>
       </c>
       <c r="D26" s="7">
         <v>1.2</v>
       </c>
       <c r="E26" s="7">
         <v>1.14</v>
       </c>
       <c r="F26" s="7">
         <v>1.13</v>
       </c>
       <c r="G26" s="7">
         <v>1.24</v>
       </c>
       <c r="H26" s="7">
@@ -4082,60 +4082,60 @@
       <c r="I24" s="7">
         <v>3.17</v>
       </c>
       <c r="J24" s="7">
         <v>2.75</v>
       </c>
       <c r="K24" s="7">
         <v>2.88</v>
       </c>
       <c r="L24" s="7">
         <v>2.89</v>
       </c>
       <c r="M24" s="7">
         <v>2.46</v>
       </c>
       <c r="N24" s="7">
         <v>2.44</v>
       </c>
       <c r="O24" s="7">
         <v>2.49</v>
       </c>
       <c r="P24" s="7">
         <v>2.34</v>
       </c>
       <c r="Q24" s="7">
-        <v>1.45</v>
+        <v>0.0</v>
       </c>
       <c r="R24" s="7">
-        <v>1.56</v>
+        <v>0.0</v>
       </c>
       <c r="S24" s="7">
-        <v>1.05</v>
+        <v>0.0</v>
       </c>
       <c r="T24" s="7">
-        <v>1.09</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="25" spans="1:20">
       <c r="A25" s="15" t="s">
         <v>21</v>
       </c>
       <c r="B25" s="7">
         <v>0.24</v>
       </c>
       <c r="C25" s="7">
         <v>0.5</v>
       </c>
       <c r="D25" s="7">
         <v>0.45</v>
       </c>
       <c r="E25" s="7">
         <v>0.42</v>
       </c>
       <c r="F25" s="7">
         <v>0.46</v>
       </c>
       <c r="G25" s="7">
         <v>0.6</v>
       </c>
       <c r="H25" s="7">