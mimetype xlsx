--- v0 (2026-02-07)
+++ v1 (2026-02-09)
@@ -1625,60 +1625,60 @@
       <c r="E18" s="7">
         <v>17.69</v>
       </c>
       <c r="F18" s="7">
         <v>17.38</v>
       </c>
       <c r="G18" s="7">
         <v>19.02</v>
       </c>
       <c r="H18" s="7">
         <v>17.5</v>
       </c>
       <c r="I18" s="7">
         <v>17.54</v>
       </c>
       <c r="J18" s="7">
         <v>15.87</v>
       </c>
       <c r="K18" s="7">
         <v>16.58</v>
       </c>
       <c r="L18" s="7">
         <v>17.6</v>
       </c>
       <c r="M18" s="7">
-        <v>18.37</v>
+        <v>0.0</v>
       </c>
       <c r="N18" s="7">
-        <v>16.43</v>
+        <v>0.0</v>
       </c>
       <c r="O18" s="7">
-        <v>17.54</v>
+        <v>0.0</v>
       </c>
       <c r="P18" s="7">
-        <v>17.030000000000001</v>
+        <v>0.0</v>
       </c>
       <c r="Q18" s="7">
         <v>0.0</v>
       </c>
       <c r="R18" s="7">
         <v>0.0</v>
       </c>
       <c r="S18" s="7">
         <v>0.0</v>
       </c>
       <c r="T18" s="7">
         <v>0.0</v>
       </c>
     </row>
     <row r="19" spans="1:20">
       <c r="A19" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B19" s="8"/>
       <c r="C19" s="8"/>
       <c r="D19" s="8"/>
       <c r="E19" s="8"/>
       <c r="F19" s="8"/>
       <c r="G19" s="8"/>
       <c r="H19" s="8"/>
@@ -2325,60 +2325,60 @@
       <c r="E18" s="7">
         <v>11.96</v>
       </c>
       <c r="F18" s="7">
         <v>12.02</v>
       </c>
       <c r="G18" s="7">
         <v>13.68</v>
       </c>
       <c r="H18" s="7">
         <v>13.050000000000001</v>
       </c>
       <c r="I18" s="7">
         <v>12.96</v>
       </c>
       <c r="J18" s="7">
         <v>11.31</v>
       </c>
       <c r="K18" s="7">
         <v>11.81</v>
       </c>
       <c r="L18" s="7">
         <v>12.37</v>
       </c>
       <c r="M18" s="7">
-        <v>12.9</v>
+        <v>0.0</v>
       </c>
       <c r="N18" s="7">
-        <v>11.42</v>
+        <v>0.0</v>
       </c>
       <c r="O18" s="7">
-        <v>12.23</v>
+        <v>0.0</v>
       </c>
       <c r="P18" s="7">
-        <v>11.95</v>
+        <v>0.0</v>
       </c>
       <c r="Q18" s="7">
         <v>0.0</v>
       </c>
       <c r="R18" s="7">
         <v>0.0</v>
       </c>
       <c r="S18" s="7">
         <v>0.0</v>
       </c>
       <c r="T18" s="7">
         <v>0.0</v>
       </c>
     </row>
     <row r="19" spans="1:20">
       <c r="A19" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B19" s="8"/>
       <c r="C19" s="8"/>
       <c r="D19" s="8"/>
       <c r="E19" s="8"/>
       <c r="F19" s="8"/>
       <c r="G19" s="8"/>
       <c r="H19" s="8"/>
@@ -3025,60 +3025,60 @@
       <c r="E18" s="7">
         <v>3.93</v>
       </c>
       <c r="F18" s="7">
         <v>4.06</v>
       </c>
       <c r="G18" s="7">
         <v>4.61</v>
       </c>
       <c r="H18" s="7">
         <v>4.76</v>
       </c>
       <c r="I18" s="7">
         <v>5.0</v>
       </c>
       <c r="J18" s="7">
         <v>4.38</v>
       </c>
       <c r="K18" s="7">
         <v>4.74</v>
       </c>
       <c r="L18" s="7">
         <v>5.03</v>
       </c>
       <c r="M18" s="7">
-        <v>5.33</v>
+        <v>0.0</v>
       </c>
       <c r="N18" s="7">
-        <v>4.8</v>
+        <v>0.0</v>
       </c>
       <c r="O18" s="7">
-        <v>5.17</v>
+        <v>0.0</v>
       </c>
       <c r="P18" s="7">
-        <v>5.06</v>
+        <v>0.0</v>
       </c>
       <c r="Q18" s="7">
         <v>0.0</v>
       </c>
       <c r="R18" s="7">
         <v>0.0</v>
       </c>
       <c r="S18" s="7">
         <v>0.0</v>
       </c>
       <c r="T18" s="7">
         <v>0.0</v>
       </c>
     </row>
     <row r="19" spans="1:20">
       <c r="A19" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B19" s="8"/>
       <c r="C19" s="8"/>
       <c r="D19" s="8"/>
       <c r="E19" s="8"/>
       <c r="F19" s="8"/>
       <c r="G19" s="8"/>
       <c r="H19" s="8"/>