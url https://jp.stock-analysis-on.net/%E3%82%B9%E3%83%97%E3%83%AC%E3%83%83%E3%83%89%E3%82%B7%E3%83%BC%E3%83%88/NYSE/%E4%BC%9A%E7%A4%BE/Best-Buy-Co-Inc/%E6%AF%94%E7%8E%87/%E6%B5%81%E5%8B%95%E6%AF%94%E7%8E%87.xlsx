--- v0 (2026-02-07)
+++ v1 (2026-02-09)
@@ -869,51 +869,51 @@
       <c r="G9" s="12">
         <v>1.48</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="34.8">
       <c r="A10" s="8" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="28.8">
       <c r="A11" s="13" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" s="14" t="s">
         <v>11</v>
       </c>
       <c r="B12" s="6">
         <v>0.94</v>
       </c>
       <c r="C12" s="6">
         <v>1.14</v>
       </c>
       <c r="D12" s="6">
-        <v>1.05</v>
+        <v>0.0</v>
       </c>
       <c r="E12" s="6">
         <v>0.0</v>
       </c>
       <c r="F12" s="6">
         <v>0.0</v>
       </c>
       <c r="G12" s="6">
         <v>0.0</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" s="14" t="s">
         <v>12</v>
       </c>
       <c r="B13" s="6">
         <v>1.01</v>
       </c>
       <c r="C13" s="6">
         <v>1.23</v>
       </c>
       <c r="D13" s="6">
         <v>1.08</v>
       </c>
       <c r="E13" s="6">
@@ -1240,51 +1240,51 @@
       <c r="G13" s="12">
         <v>0.74</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="34.8">
       <c r="A14" s="8" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="28.8">
       <c r="A15" s="13" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" s="14" t="s">
         <v>11</v>
       </c>
       <c r="B16" s="6">
         <v>0.69</v>
       </c>
       <c r="C16" s="6">
         <v>0.86</v>
       </c>
       <c r="D16" s="6">
-        <v>0.83</v>
+        <v>0.0</v>
       </c>
       <c r="E16" s="6">
         <v>0.0</v>
       </c>
       <c r="F16" s="6">
         <v>0.0</v>
       </c>
       <c r="G16" s="6">
         <v>0.0</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" s="14" t="s">
         <v>12</v>
       </c>
       <c r="B17" s="6">
         <v>0.2</v>
       </c>
       <c r="C17" s="6">
         <v>0.47</v>
       </c>
       <c r="D17" s="6">
         <v>0.23</v>
       </c>
       <c r="E17" s="6">
@@ -1588,51 +1588,51 @@
       <c r="G12" s="12">
         <v>0.55</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="34.8">
       <c r="A13" s="8" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="28.8">
       <c r="A14" s="13" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" s="14" t="s">
         <v>11</v>
       </c>
       <c r="B15" s="6">
         <v>0.45</v>
       </c>
       <c r="C15" s="6">
         <v>0.68</v>
       </c>
       <c r="D15" s="6">
-        <v>0.67</v>
+        <v>0.0</v>
       </c>
       <c r="E15" s="6">
         <v>0.0</v>
       </c>
       <c r="F15" s="6">
         <v>0.0</v>
       </c>
       <c r="G15" s="6">
         <v>0.0</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" s="14" t="s">
         <v>12</v>
       </c>
       <c r="B16" s="6">
         <v>0.08</v>
       </c>
       <c r="C16" s="6">
         <v>0.34</v>
       </c>
       <c r="D16" s="6">
         <v>0.12</v>
       </c>
       <c r="E16" s="6">