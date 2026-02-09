--- v0 (2026-02-07)
+++ v1 (2026-02-09)
@@ -35,51 +35,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="22">
   <si>
     <t>有料ユーザーエリア。データは利用できません!</t>
   </si>
   <si>
     <t>Boeing Co.</t>
   </si>
   <si>
     <t>企業へのフリーキャッシュフロー(FCFF)予測</t>
   </si>
   <si>
     <t>百万米ドル(一株当たりのデータを除く)</t>
   </si>
   <si>
     <t>年</t>
   </si>
   <si>
     <t>価値</t>
   </si>
   <si>
     <t>FCFF(t) 又は TV(t)</t>
   </si>
   <si>
-    <t>現在価値 15.82%</t>
+    <t>現在価値 15.89%</t>
   </si>
   <si>
     <t>FCFF(0)</t>
   </si>
   <si>
     <t>FCFF(1)</t>
   </si>
   <si>
     <t>FCFF(2)</t>
   </si>
   <si>
     <t>FCFF(3)</t>
   </si>
   <si>
     <t>FCFF(4)</t>
   </si>
   <si>
     <t>FCFF(5)</t>
   </si>
   <si>
     <t>TV(5)</t>
   </si>
   <si>
     <t>資本の本質的価値Boeing Co.</t>
   </si>