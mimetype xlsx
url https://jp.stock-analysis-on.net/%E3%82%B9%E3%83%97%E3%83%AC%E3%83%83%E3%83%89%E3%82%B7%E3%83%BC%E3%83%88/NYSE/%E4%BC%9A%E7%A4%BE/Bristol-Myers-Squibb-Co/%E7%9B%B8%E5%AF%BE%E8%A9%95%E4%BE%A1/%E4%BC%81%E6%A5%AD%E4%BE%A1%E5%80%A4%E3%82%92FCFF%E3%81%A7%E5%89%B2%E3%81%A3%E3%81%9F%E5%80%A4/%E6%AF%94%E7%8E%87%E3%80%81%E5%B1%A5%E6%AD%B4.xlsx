--- v0 (2026-02-07)
+++ v1 (2026-02-09)
@@ -838,63 +838,63 @@
     <row r="19" spans="1:6">
       <c r="A19" s="11" t="s">
         <v>16</v>
       </c>
       <c r="B19" s="12">
         <v>15.33</v>
       </c>
       <c r="C19" s="12">
         <v>32.24</v>
       </c>
       <c r="D19" s="12">
         <v>9.15</v>
       </c>
       <c r="E19" s="12">
         <v>8.4</v>
       </c>
       <c r="F19" s="12">
         <v>21.74</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20" s="11" t="s">
         <v>17</v>
       </c>
       <c r="B20" s="12">
-        <v>19.3</v>
+        <v>19.97</v>
       </c>
       <c r="C20" s="12">
-        <v>23.99</v>
+        <v>25.33</v>
       </c>
       <c r="D20" s="12">
-        <v>17.96</v>
+        <v>23.31</v>
       </c>
       <c r="E20" s="12">
         <v>9.81</v>
       </c>
       <c r="F20" s="12">
-        <v>25.74</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21" s="11" t="s">
         <v>18</v>
       </c>
       <c r="B21" s="12">
         <v>26.13</v>
       </c>
       <c r="C21" s="12">
         <v>28.85</v>
       </c>
       <c r="D21" s="12">
         <v>31.61</v>
       </c>
       <c r="E21" s="12">
         <v>33.14</v>
       </c>
       <c r="F21" s="12">
         <v>26.14</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" s="11" t="s">
         <v>19</v>
@@ -903,82 +903,82 @@
         <v>0.0</v>
       </c>
       <c r="C22" s="12">
         <v>29.45</v>
       </c>
       <c r="D22" s="12">
         <v>16.68</v>
       </c>
       <c r="E22" s="12">
         <v>22.47</v>
       </c>
       <c r="F22" s="12">
         <v>16.0</v>
       </c>
     </row>
     <row r="23" spans="1:6" customHeight="1" ht="28.8">
       <c r="A23" s="10" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="24" spans="1:6">
       <c r="A24" s="11" t="s">
         <v>21</v>
       </c>
       <c r="B24" s="12">
-        <v>23.57</v>
+        <v>23.59</v>
       </c>
       <c r="C24" s="12">
-        <v>27.24</v>
+        <v>27.29</v>
       </c>
       <c r="D24" s="12">
-        <v>17.95</v>
+        <v>18.079999999999998</v>
       </c>
       <c r="E24" s="12">
         <v>16.12</v>
       </c>
       <c r="F24" s="12">
         <v>0.0</v>
       </c>
     </row>
     <row r="25" spans="1:6" customHeight="1" ht="28.8">
       <c r="A25" s="10" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="26" spans="1:6">
       <c r="A26" s="11" t="s">
         <v>23</v>
       </c>
       <c r="B26" s="12">
-        <v>24.030000000000001</v>
+        <v>24.050000000000001</v>
       </c>
       <c r="C26" s="12">
-        <v>25.94</v>
+        <v>25.98</v>
       </c>
       <c r="D26" s="12">
-        <v>18.56</v>
+        <v>18.66</v>
       </c>
       <c r="E26" s="12">
         <v>17.8</v>
       </c>
       <c r="F26" s="12">
         <v>0.0</v>
       </c>
     </row>
     <row r="27" spans="1:6">
       <c r="A27" s="13" t="s">
         <v>24</v>
       </c>
       <c r="B27" s="13"/>
       <c r="C27" s="13"/>
       <c r="D27" s="13"/>
       <c r="E27" s="13"/>
       <c r="F27" s="13"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 