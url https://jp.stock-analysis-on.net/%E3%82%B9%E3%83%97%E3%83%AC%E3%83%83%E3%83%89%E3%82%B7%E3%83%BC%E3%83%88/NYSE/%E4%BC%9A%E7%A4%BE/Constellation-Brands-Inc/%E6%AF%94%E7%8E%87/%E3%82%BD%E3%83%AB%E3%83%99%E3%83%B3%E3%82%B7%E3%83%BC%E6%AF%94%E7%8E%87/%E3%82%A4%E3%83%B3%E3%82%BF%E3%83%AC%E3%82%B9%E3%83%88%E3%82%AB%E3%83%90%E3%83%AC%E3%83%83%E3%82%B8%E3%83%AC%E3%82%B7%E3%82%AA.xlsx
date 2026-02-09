--- v0 (2026-02-07)
+++ v1 (2026-02-09)
@@ -822,51 +822,51 @@
       </c>
       <c r="D17" s="13">
         <v>0.0</v>
       </c>
       <c r="E17" s="13">
         <v>0.0</v>
       </c>
       <c r="F17" s="13">
         <v>0.0</v>
       </c>
       <c r="G17" s="13">
         <v>0.0</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" s="12" t="s">
         <v>14</v>
       </c>
       <c r="B18" s="13">
         <v>16.33</v>
       </c>
       <c r="C18" s="13">
         <v>17.8</v>
       </c>
       <c r="D18" s="13">
-        <v>16.07</v>
+        <v>0.0</v>
       </c>
       <c r="E18" s="13">
         <v>0.0</v>
       </c>
       <c r="F18" s="13">
         <v>0.0</v>
       </c>
       <c r="G18" s="13">
         <v>0.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="28.8">
       <c r="A19" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" s="12" t="s">
         <v>16</v>
       </c>
       <c r="B20" s="13">
         <v>12.81</v>
       </c>
       <c r="C20" s="13">
         <v>9.56</v>