--- v0 (2026-02-07)
+++ v1 (2026-02-09)
@@ -851,51 +851,51 @@
       </c>
       <c r="D18" s="14">
         <v>0.0</v>
       </c>
       <c r="E18" s="14">
         <v>0.0</v>
       </c>
       <c r="F18" s="14">
         <v>0.0</v>
       </c>
       <c r="G18" s="14">
         <v>0.0</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" s="13" t="s">
         <v>15</v>
       </c>
       <c r="B19" s="14">
         <v>1.26</v>
       </c>
       <c r="C19" s="14">
         <v>1.57</v>
       </c>
       <c r="D19" s="14">
-        <v>1.66</v>
+        <v>0.0</v>
       </c>
       <c r="E19" s="14">
         <v>0.0</v>
       </c>
       <c r="F19" s="14">
         <v>0.0</v>
       </c>
       <c r="G19" s="14">
         <v>0.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="28.8">
       <c r="A20" s="12" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" s="13" t="s">
         <v>17</v>
       </c>
       <c r="B21" s="14">
         <v>0.71</v>
       </c>
       <c r="C21" s="14">
         <v>0.7</v>