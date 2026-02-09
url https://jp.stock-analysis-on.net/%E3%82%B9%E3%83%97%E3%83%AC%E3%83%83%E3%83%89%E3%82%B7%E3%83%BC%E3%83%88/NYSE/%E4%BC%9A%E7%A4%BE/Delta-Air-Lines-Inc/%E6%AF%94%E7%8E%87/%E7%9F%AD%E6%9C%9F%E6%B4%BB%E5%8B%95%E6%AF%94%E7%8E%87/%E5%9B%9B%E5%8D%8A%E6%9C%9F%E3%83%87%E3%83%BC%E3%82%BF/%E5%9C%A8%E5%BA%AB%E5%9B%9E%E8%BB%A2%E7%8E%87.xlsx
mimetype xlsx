--- v0 (2026-02-07)
+++ v1 (2026-02-09)
@@ -878,60 +878,60 @@
       </c>
       <c r="P13" s="13">
         <v>0.0</v>
       </c>
       <c r="Q13" s="13">
         <v>0.0</v>
       </c>
       <c r="R13" s="13">
         <v>0.0</v>
       </c>
       <c r="S13" s="13">
         <v>0.0</v>
       </c>
     </row>
     <row r="14" spans="1:19">
       <c r="A14" s="12" t="s">
         <v>10</v>
       </c>
       <c r="B14" s="13">
         <v>29.66</v>
       </c>
       <c r="C14" s="13">
         <v>31.22</v>
       </c>
       <c r="D14" s="13">
-        <v>35.11</v>
+        <v>0.0</v>
       </c>
       <c r="E14" s="13">
-        <v>31.95</v>
+        <v>0.0</v>
       </c>
       <c r="F14" s="13">
-        <v>29.89</v>
+        <v>0.0</v>
       </c>
       <c r="G14" s="13">
-        <v>29.29</v>
+        <v>0.0</v>
       </c>
       <c r="H14" s="13">
         <v>0.0</v>
       </c>
       <c r="I14" s="13">
         <v>0.0</v>
       </c>
       <c r="J14" s="13">
         <v>0.0</v>
       </c>
       <c r="K14" s="13">
         <v>0.0</v>
       </c>
       <c r="L14" s="13">
         <v>0.0</v>
       </c>
       <c r="M14" s="13">
         <v>0.0</v>
       </c>
       <c r="N14" s="13">
         <v>0.0</v>
       </c>
       <c r="O14" s="13">
         <v>0.0</v>
       </c>