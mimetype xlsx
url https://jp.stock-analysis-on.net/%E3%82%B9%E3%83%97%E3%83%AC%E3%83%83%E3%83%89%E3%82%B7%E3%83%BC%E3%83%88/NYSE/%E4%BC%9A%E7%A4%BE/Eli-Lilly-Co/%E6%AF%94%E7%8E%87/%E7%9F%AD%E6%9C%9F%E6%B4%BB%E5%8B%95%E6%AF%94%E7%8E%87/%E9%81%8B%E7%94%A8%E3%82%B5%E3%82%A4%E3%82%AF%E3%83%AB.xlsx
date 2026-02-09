--- v0 (2026-02-07)
+++ v1 (2026-02-09)
@@ -851,51 +851,51 @@
       </c>
       <c r="E20" s="7">
         <v>158.0</v>
       </c>
       <c r="F20" s="7">
         <v>406.0</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21" s="11" t="s">
         <v>17</v>
       </c>
       <c r="B21" s="7">
         <v>732.0</v>
       </c>
       <c r="C21" s="7">
         <v>677.0</v>
       </c>
       <c r="D21" s="7">
         <v>722.0</v>
       </c>
       <c r="E21" s="7">
         <v>429.0</v>
       </c>
       <c r="F21" s="7">
-        <v>802.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" s="11" t="s">
         <v>18</v>
       </c>
       <c r="B22" s="7">
         <v>142.0</v>
       </c>
       <c r="C22" s="7">
         <v>142.0</v>
       </c>
       <c r="D22" s="7">
         <v>145.0</v>
       </c>
       <c r="E22" s="7">
         <v>168.0</v>
       </c>
       <c r="F22" s="7">
         <v>156.0</v>
       </c>
     </row>
     <row r="23" spans="1:6">
       <c r="A23" s="11" t="s">
         <v>19</v>