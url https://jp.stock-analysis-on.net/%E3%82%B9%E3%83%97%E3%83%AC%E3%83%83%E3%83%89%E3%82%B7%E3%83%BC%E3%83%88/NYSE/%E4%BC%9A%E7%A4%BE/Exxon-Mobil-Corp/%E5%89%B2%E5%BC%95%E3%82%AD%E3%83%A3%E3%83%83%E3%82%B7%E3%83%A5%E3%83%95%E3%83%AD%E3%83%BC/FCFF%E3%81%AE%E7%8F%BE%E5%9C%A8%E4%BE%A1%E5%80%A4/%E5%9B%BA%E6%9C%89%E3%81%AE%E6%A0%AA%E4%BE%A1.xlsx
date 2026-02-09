--- v0 (2026-02-07)
+++ v1 (2026-02-09)
@@ -35,51 +35,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="21">
   <si>
     <t>有料ユーザーエリア。データは利用できません!</t>
   </si>
   <si>
     <t>Exxon Mobil Corp.</t>
   </si>
   <si>
     <t>企業へのフリーキャッシュフロー(FCFF)予測</t>
   </si>
   <si>
     <t>百万米ドル(一株当たりのデータを除く)</t>
   </si>
   <si>
     <t>年</t>
   </si>
   <si>
     <t>価値</t>
   </si>
   <si>
     <t>FCFF(t) 又は TV(t)</t>
   </si>
   <si>
-    <t>現在価値 15.31%</t>
+    <t>現在価値 15.33%</t>
   </si>
   <si>
     <t>FCFF(0)</t>
   </si>
   <si>
     <t>FCFF(1)</t>
   </si>
   <si>
     <t>FCFF(2)</t>
   </si>
   <si>
     <t>FCFF(3)</t>
   </si>
   <si>
     <t>FCFF(4)</t>
   </si>
   <si>
     <t>FCFF(5)</t>
   </si>
   <si>
     <t>TV(5)</t>
   </si>
   <si>
     <t>資本の本質的価値Exxon Mobil Corp.</t>
   </si>