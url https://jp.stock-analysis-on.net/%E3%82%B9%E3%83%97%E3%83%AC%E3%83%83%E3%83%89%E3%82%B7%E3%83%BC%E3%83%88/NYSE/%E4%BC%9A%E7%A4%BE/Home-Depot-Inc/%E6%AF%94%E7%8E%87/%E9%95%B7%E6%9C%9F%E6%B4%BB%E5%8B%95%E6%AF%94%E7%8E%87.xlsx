--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -904,66 +904,66 @@
       <c r="E9" s="12">
         <v>6.0</v>
       </c>
       <c r="F9" s="12">
         <v>5.35</v>
       </c>
       <c r="G9" s="12">
         <v>4.84</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="34.8">
       <c r="A10" s="8" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="28.8">
       <c r="A11" s="13" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" s="14" t="s">
         <v>13</v>
       </c>
       <c r="B12" s="6">
-        <v>0.0</v>
+        <v>2.0099999999999998</v>
       </c>
       <c r="C12" s="6">
         <v>2.52</v>
       </c>
       <c r="D12" s="6">
         <v>2.82</v>
       </c>
       <c r="E12" s="6">
         <v>2.75</v>
       </c>
       <c r="F12" s="6">
         <v>2.93</v>
       </c>
       <c r="G12" s="6">
-        <v>3.41</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" s="14" t="s">
         <v>14</v>
       </c>
       <c r="B13" s="6">
         <v>4.74</v>
       </c>
       <c r="C13" s="6">
         <v>4.89</v>
       </c>
       <c r="D13" s="6">
         <v>5.53</v>
       </c>
       <c r="E13" s="6">
         <v>5.05</v>
       </c>
       <c r="F13" s="6">
         <v>4.68</v>
       </c>
       <c r="G13" s="6">
         <v>3.86</v>
       </c>
     </row>
@@ -1229,66 +1229,66 @@
       <c r="E12" s="12">
         <v>4.85</v>
       </c>
       <c r="F12" s="12">
         <v>4.31</v>
       </c>
       <c r="G12" s="12">
         <v>3.89</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="34.8">
       <c r="A13" s="8" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="28.8">
       <c r="A14" s="13" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" s="14" t="s">
         <v>13</v>
       </c>
       <c r="B15" s="6">
-        <v>0.0</v>
+        <v>1.62</v>
       </c>
       <c r="C15" s="6">
         <v>1.94</v>
       </c>
       <c r="D15" s="6">
         <v>2.08</v>
       </c>
       <c r="E15" s="6">
         <v>2.03</v>
       </c>
       <c r="F15" s="6">
         <v>2.17</v>
       </c>
       <c r="G15" s="6">
-        <v>2.56</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" s="14" t="s">
         <v>14</v>
       </c>
       <c r="B16" s="6">
         <v>3.91</v>
       </c>
       <c r="C16" s="6">
         <v>4.04</v>
       </c>
       <c r="D16" s="6">
         <v>4.6</v>
       </c>
       <c r="E16" s="6">
         <v>4.15</v>
       </c>
       <c r="F16" s="6">
         <v>3.9</v>
       </c>
       <c r="G16" s="6">
         <v>3.2</v>
       </c>
     </row>
@@ -1508,66 +1508,66 @@
       <c r="E9" s="12">
         <v>2.1</v>
       </c>
       <c r="F9" s="12">
         <v>1.87</v>
       </c>
       <c r="G9" s="12">
         <v>2.15</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="34.8">
       <c r="A10" s="8" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="28.8">
       <c r="A11" s="13" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" s="14" t="s">
         <v>13</v>
       </c>
       <c r="B12" s="6">
-        <v>0.0</v>
+        <v>0.88</v>
       </c>
       <c r="C12" s="6">
         <v>1.02</v>
       </c>
       <c r="D12" s="6">
         <v>1.09</v>
       </c>
       <c r="E12" s="6">
         <v>1.11</v>
       </c>
       <c r="F12" s="6">
         <v>1.12</v>
       </c>
       <c r="G12" s="6">
-        <v>1.2</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" s="14" t="s">
         <v>14</v>
       </c>
       <c r="B13" s="6">
         <v>1.94</v>
       </c>
       <c r="C13" s="6">
         <v>2.07</v>
       </c>
       <c r="D13" s="6">
         <v>2.22</v>
       </c>
       <c r="E13" s="6">
         <v>2.16</v>
       </c>
       <c r="F13" s="6">
         <v>1.92</v>
       </c>
       <c r="G13" s="6">
         <v>1.83</v>
       </c>
     </row>
@@ -1787,66 +1787,66 @@
       <c r="E9" s="12">
         <v>0.0</v>
       </c>
       <c r="F9" s="12">
         <v>40.049999999999997</v>
       </c>
       <c r="G9" s="12">
         <v>0.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="34.8">
       <c r="A10" s="8" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="28.8">
       <c r="A11" s="13" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" s="14" t="s">
         <v>13</v>
       </c>
       <c r="B12" s="6">
-        <v>0.0</v>
+        <v>1.74</v>
       </c>
       <c r="C12" s="6">
         <v>2.23</v>
       </c>
       <c r="D12" s="6">
         <v>2.85</v>
       </c>
       <c r="E12" s="6">
         <v>3.52</v>
       </c>
       <c r="F12" s="6">
         <v>3.4</v>
       </c>
       <c r="G12" s="6">
-        <v>4.13</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" s="14" t="s">
         <v>14</v>
       </c>
       <c r="B13" s="6">
         <v>0.0</v>
       </c>
       <c r="C13" s="6">
         <v>0.0</v>
       </c>
       <c r="D13" s="6">
         <v>0.0</v>
       </c>
       <c r="E13" s="6">
         <v>0.0</v>
       </c>
       <c r="F13" s="6">
         <v>62.35</v>
       </c>
       <c r="G13" s="6">
         <v>36.59</v>
       </c>
     </row>