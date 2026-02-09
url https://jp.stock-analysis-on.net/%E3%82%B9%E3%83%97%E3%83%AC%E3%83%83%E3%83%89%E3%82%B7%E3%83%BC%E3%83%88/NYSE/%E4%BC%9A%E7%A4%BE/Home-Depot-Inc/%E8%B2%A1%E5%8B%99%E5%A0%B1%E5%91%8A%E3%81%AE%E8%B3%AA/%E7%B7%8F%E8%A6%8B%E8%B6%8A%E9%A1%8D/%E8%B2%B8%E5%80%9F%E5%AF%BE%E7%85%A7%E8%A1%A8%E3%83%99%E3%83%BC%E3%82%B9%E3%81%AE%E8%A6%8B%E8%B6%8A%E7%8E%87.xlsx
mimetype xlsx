--- v0 (2026-02-07)
+++ v1 (2026-02-09)
@@ -890,63 +890,63 @@
       <c r="E20" s="11">
         <v>0.0991</v>
       </c>
       <c r="F20" s="11">
         <v>0.2177</v>
       </c>
       <c r="G20" s="11">
         <v>0.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="34.8">
       <c r="A21" s="5" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="22" spans="1:7" customHeight="1" ht="28.8">
       <c r="A22" s="12" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" s="13" t="s">
         <v>17</v>
       </c>
       <c r="B23" s="14">
-        <v>0.0</v>
+        <v>0.3722</v>
       </c>
       <c r="C23" s="14">
         <v>0.264</v>
       </c>
       <c r="D23" s="14">
         <v>0.1801</v>
       </c>
       <c r="E23" s="14">
         <v>0.3291</v>
       </c>
       <c r="F23" s="14">
-        <v>0.4906</v>
+        <v>0.0</v>
       </c>
       <c r="G23" s="14">
         <v>0.0</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" s="13" t="s">
         <v>18</v>
       </c>
       <c r="B24" s="14">
         <v>-0.0268</v>
       </c>
       <c r="C24" s="14">
         <v>0.0887</v>
       </c>
       <c r="D24" s="14">
         <v>-0.0292</v>
       </c>
       <c r="E24" s="14">
         <v>0.0266</v>
       </c>
       <c r="F24" s="14">
         <v>-0.1239</v>
       </c>
       <c r="G24" s="14">