--- v0 (2026-02-07)
+++ v1 (2026-02-09)
@@ -1263,60 +1263,60 @@
       <c r="I19" s="14">
         <v>58.52</v>
       </c>
       <c r="J19" s="14">
         <v>61.7</v>
       </c>
       <c r="K19" s="14">
         <v>69.61</v>
       </c>
       <c r="L19" s="14">
         <v>73.97</v>
       </c>
       <c r="M19" s="14">
         <v>82.8</v>
       </c>
       <c r="N19" s="14">
         <v>108.62</v>
       </c>
       <c r="O19" s="14">
         <v>116.34999999999999</v>
       </c>
       <c r="P19" s="14">
         <v>163.24000000000001</v>
       </c>
       <c r="Q19" s="14">
-        <v>163.75</v>
+        <v>0.0</v>
       </c>
       <c r="R19" s="14">
-        <v>139.74000000000001</v>
+        <v>0.0</v>
       </c>
       <c r="S19" s="14">
-        <v>104.12</v>
+        <v>0.0</v>
       </c>
       <c r="T19" s="14">
-        <v>68.2</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="20" spans="1:20">
       <c r="A20" s="13" t="s">
         <v>16</v>
       </c>
       <c r="B20" s="14">
         <v>6.19</v>
       </c>
       <c r="C20" s="14">
         <v>6.09</v>
       </c>
       <c r="D20" s="14">
         <v>6.25</v>
       </c>
       <c r="E20" s="14">
         <v>6.03</v>
       </c>
       <c r="F20" s="14">
         <v>5.62</v>
       </c>
       <c r="G20" s="14">
         <v>5.62</v>
       </c>
       <c r="H20" s="14">