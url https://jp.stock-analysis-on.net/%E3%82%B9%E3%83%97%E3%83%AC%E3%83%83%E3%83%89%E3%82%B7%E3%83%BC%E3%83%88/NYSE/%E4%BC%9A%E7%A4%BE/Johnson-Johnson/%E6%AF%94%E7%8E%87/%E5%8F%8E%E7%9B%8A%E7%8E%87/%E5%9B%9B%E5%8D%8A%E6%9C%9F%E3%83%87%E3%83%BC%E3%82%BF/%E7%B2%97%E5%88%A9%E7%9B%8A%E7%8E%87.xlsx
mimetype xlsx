--- v0 (2026-02-07)
+++ v1 (2026-02-09)
@@ -12,54 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="売上総利益率" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="22">
-[...2 lines deleted...]
-  </si>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="21">
   <si>
     <t>Johnson &amp; Johnson</t>
   </si>
   <si>
     <t>売上総利益率</t>
   </si>
   <si>
     <t>四半期データ</t>
   </si>
   <si>
     <t>選択した財務データ (百万米ドル)</t>
   </si>
   <si>
     <t>粗利</t>
   </si>
   <si>
     <t>お客様への販売</t>
   </si>
   <si>
     <t>収益率</t>
   </si>
   <si>
     <t>ベンチマーク</t>
   </si>
   <si>
@@ -89,67 +86,58 @@
   <si>
     <t>Pfizer Inc.</t>
   </si>
   <si>
     <t>Regeneron Pharmaceuticals Inc.</t>
   </si>
   <si>
     <t>Thermo Fisher Scientific Inc.</t>
   </si>
   <si>
     <t>Vertex Pharmaceuticals Inc.</t>
   </si>
   <si>
     <t>源： https://jp.stock-analysis-on.net</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="[$-411]yyyy/mm/dd"/>
     <numFmt numFmtId="165" formatCode="#,##0_);(#,##0);&quot;—&quot;"/>
     <numFmt numFmtId="166" formatCode="#,##0.00%;-#,##0.00%;&quot;—&quot;"/>
   </numFmts>
-  <fonts count="9">
+  <fonts count="8">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF252525"/>
-      <name val="Calibri"/>
-[...7 lines deleted...]
-      <color rgb="FFFF0000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="22"/>
       <color rgb="FF7E261B"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="17"/>
       <color rgb="FF757575"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -221,87 +209,86 @@
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color rgb="FFE2E2E2"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color rgb="FF252525"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="16">
+  <cellXfs count="15">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="2" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
-    <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
-    <xf xfId="0" fontId="5" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+    <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
-    <xf xfId="0" fontId="5" numFmtId="164" fillId="0" borderId="1" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
+    <xf xfId="0" fontId="4" numFmtId="164" fillId="0" borderId="1" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
-    <xf xfId="0" fontId="6" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
+    <xf xfId="0" fontId="5" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false" indent="1"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false" indent="2"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="165" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
-    <xf xfId="0" fontId="5" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
+    <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false" indent="2"/>
     </xf>
-    <xf xfId="0" fontId="5" numFmtId="166" fillId="0" borderId="2" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
+    <xf xfId="0" fontId="4" numFmtId="166" fillId="0" borderId="2" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
-    <xf xfId="0" fontId="7" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
+    <xf xfId="0" fontId="6" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false" indent="2"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false" indent="3"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="166" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
-    <xf xfId="0" fontId="8" numFmtId="0" fillId="0" borderId="3" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0"/>
+    <xf xfId="0" fontId="7" numFmtId="0" fillId="0" borderId="3" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -565,1052 +552,1047 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:T26"/>
+  <dimension ref="A1:T24"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
-      <selection activeCell="T26" sqref="T26"/>
+      <selection activeCell="T24" sqref="T24"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:20">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
+    <row r="2" spans="1:20">
+      <c r="A2" s="2" t="s">
+        <v>1</v>
+      </c>
+    </row>
     <row r="3" spans="1:20">
-      <c r="A3" s="2" t="s">
+      <c r="A3" s="3" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="5" spans="1:20">
+      <c r="A5" s="4"/>
+      <c r="B5" s="5">
+        <v>45928</v>
+      </c>
+      <c r="C5" s="5">
+        <v>45837</v>
+      </c>
+      <c r="D5" s="5">
+        <v>45746</v>
+      </c>
+      <c r="E5" s="5">
+        <v>45655</v>
+      </c>
+      <c r="F5" s="5">
+        <v>45564</v>
+      </c>
+      <c r="G5" s="5">
+        <v>45473</v>
+      </c>
+      <c r="H5" s="5">
+        <v>45382</v>
+      </c>
+      <c r="I5" s="5">
+        <v>45291</v>
+      </c>
+      <c r="J5" s="5">
+        <v>45200</v>
+      </c>
+      <c r="K5" s="5">
+        <v>45109</v>
+      </c>
+      <c r="L5" s="5">
+        <v>45018</v>
+      </c>
+      <c r="M5" s="5">
+        <v>44926</v>
+      </c>
+      <c r="N5" s="5">
+        <v>44836</v>
+      </c>
+      <c r="O5" s="5">
+        <v>44745</v>
+      </c>
+      <c r="P5" s="5">
+        <v>44654</v>
+      </c>
+      <c r="Q5" s="5">
+        <v>44561</v>
+      </c>
+      <c r="R5" s="5">
+        <v>44472</v>
+      </c>
+      <c r="S5" s="5">
+        <v>44381</v>
+      </c>
+      <c r="T5" s="5">
+        <v>44290</v>
+      </c>
+    </row>
+    <row r="6" spans="1:20" customHeight="1" ht="34.8">
+      <c r="A6" s="6" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="7" spans="1:20">
+      <c r="A7" s="7" t="s">
+        <v>4</v>
+      </c>
+      <c r="B7" s="8">
+        <v>16690.0</v>
+      </c>
+      <c r="C7" s="8">
+        <v>16115.0</v>
+      </c>
+      <c r="D7" s="8">
+        <v>14536.0</v>
+      </c>
+      <c r="E7" s="8">
+        <v>15392.0</v>
+      </c>
+      <c r="F7" s="8">
+        <v>15508.0</v>
+      </c>
+      <c r="G7" s="8">
+        <v>15578.0</v>
+      </c>
+      <c r="H7" s="8">
+        <v>14872.0</v>
+      </c>
+      <c r="I7" s="8">
+        <v>14597.0</v>
+      </c>
+      <c r="J7" s="8">
+        <v>14745.0</v>
+      </c>
+      <c r="K7" s="8">
+        <v>15057.0</v>
+      </c>
+      <c r="L7" s="8">
+        <v>14207.0</v>
+      </c>
+      <c r="M7" s="8">
+        <v>15941.0</v>
+      </c>
+      <c r="N7" s="8">
+        <v>15984.0</v>
+      </c>
+      <c r="O7" s="8">
+        <v>16101.0</v>
+      </c>
+      <c r="P7" s="8">
+        <v>15828.0</v>
+      </c>
+      <c r="Q7" s="8">
+        <v>16849.0</v>
+      </c>
+      <c r="R7" s="8">
+        <v>16088.0</v>
+      </c>
+      <c r="S7" s="8">
+        <v>15725.0</v>
+      </c>
+      <c r="T7" s="8">
+        <v>15258.0</v>
+      </c>
+    </row>
+    <row r="8" spans="1:20">
+      <c r="A8" s="7" t="s">
+        <v>5</v>
+      </c>
+      <c r="B8" s="8">
+        <v>23993.0</v>
+      </c>
+      <c r="C8" s="8">
+        <v>23743.0</v>
+      </c>
+      <c r="D8" s="8">
+        <v>21893.0</v>
+      </c>
+      <c r="E8" s="8">
+        <v>22520.0</v>
+      </c>
+      <c r="F8" s="8">
+        <v>22471.0</v>
+      </c>
+      <c r="G8" s="8">
+        <v>22447.0</v>
+      </c>
+      <c r="H8" s="8">
+        <v>21383.0</v>
+      </c>
+      <c r="I8" s="8">
+        <v>21395.0</v>
+      </c>
+      <c r="J8" s="8">
+        <v>21351.0</v>
+      </c>
+      <c r="K8" s="8">
+        <v>21519.0</v>
+      </c>
+      <c r="L8" s="8">
+        <v>20894.0</v>
+      </c>
+      <c r="M8" s="8">
+        <v>23706.0</v>
+      </c>
+      <c r="N8" s="8">
+        <v>23791.0</v>
+      </c>
+      <c r="O8" s="8">
+        <v>24020.0</v>
+      </c>
+      <c r="P8" s="8">
+        <v>23426.0</v>
+      </c>
+      <c r="Q8" s="8">
+        <v>24804.0</v>
+      </c>
+      <c r="R8" s="8">
+        <v>23338.0</v>
+      </c>
+      <c r="S8" s="8">
+        <v>23312.0</v>
+      </c>
+      <c r="T8" s="8">
+        <v>22321.0</v>
+      </c>
+    </row>
+    <row r="9" spans="1:20" customHeight="1" ht="34.8">
+      <c r="A9" s="6" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="10" spans="1:20">
+      <c r="A10" s="9" t="s">
         <v>1</v>
       </c>
-    </row>
-[...196 lines deleted...]
-        <v>#N/A</v>
+      <c r="B10" s="10">
+        <v>0.6808</v>
+      </c>
+      <c r="C10" s="10">
+        <v>0.6792</v>
+      </c>
+      <c r="D10" s="10">
+        <v>0.683</v>
+      </c>
+      <c r="E10" s="10">
+        <v>0.6907</v>
+      </c>
+      <c r="F10" s="10">
+        <v>0.6905</v>
+      </c>
+      <c r="G10" s="10">
+        <v>0.6906</v>
+      </c>
+      <c r="H10" s="10">
+        <v>0.692</v>
+      </c>
+      <c r="I10" s="10">
+        <v>0.6882</v>
+      </c>
+      <c r="J10" s="10">
+        <v>0.6854</v>
+      </c>
+      <c r="K10" s="10">
+        <v>0.6806</v>
+      </c>
+      <c r="L10" s="10">
+        <v>0.6734</v>
+      </c>
+      <c r="M10" s="10">
+        <v>0.6726</v>
+      </c>
+      <c r="N10" s="10">
+        <v>0.6743</v>
+      </c>
+      <c r="O10" s="10">
+        <v>0.6786</v>
+      </c>
+      <c r="P10" s="10">
+        <v>0.6797</v>
+      </c>
+      <c r="Q10" s="10">
+        <v>0.6816</v>
+      </c>
+      <c r="R10" s="10">
+        <v>0.6751</v>
+      </c>
+      <c r="S10" s="10">
+        <v>0.67</v>
+      </c>
+      <c r="T10" s="10">
+        <v>0.6624</v>
       </c>
     </row>
     <row r="11" spans="1:20" customHeight="1" ht="34.8">
-      <c r="A11" s="7" t="s">
+      <c r="A11" s="6" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="12" spans="1:20">
-[...62 lines deleted...]
-      <c r="A13" s="7" t="s">
+    <row r="12" spans="1:20" customHeight="1" ht="28.8">
+      <c r="A12" s="11" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="14" spans="1:20" customHeight="1" ht="28.8">
+    <row r="13" spans="1:20">
+      <c r="A13" s="12" t="s">
+        <v>9</v>
+      </c>
+      <c r="B13" s="13">
+        <v>0.6974</v>
+      </c>
+      <c r="C13" s="13">
+        <v>0.7093</v>
+      </c>
+      <c r="D13" s="13">
+        <v>0.7069</v>
+      </c>
+      <c r="E13" s="13">
+        <v>0.6999</v>
+      </c>
+      <c r="F13" s="13">
+        <v>0.6721</v>
+      </c>
+      <c r="G13" s="13">
+        <v>0.6275</v>
+      </c>
+      <c r="H13" s="13">
+        <v>0.6228</v>
+      </c>
+      <c r="I13" s="13">
+        <v>0.6242</v>
+      </c>
+      <c r="J13" s="13">
+        <v>0.6576</v>
+      </c>
+      <c r="K13" s="13">
+        <v>0.6891</v>
+      </c>
+      <c r="L13" s="13">
+        <v>0.6943</v>
+      </c>
+      <c r="M13" s="13">
+        <v>0.7</v>
+      </c>
+      <c r="N13" s="13">
+        <v>0.6962</v>
+      </c>
+      <c r="O13" s="13">
+        <v>0.7048</v>
+      </c>
+      <c r="P13" s="13">
+        <v>0.6953</v>
+      </c>
+      <c r="Q13" s="13">
+        <v>0.6896</v>
+      </c>
+      <c r="R13" s="13">
+        <v>0.6772</v>
+      </c>
+      <c r="S13" s="13">
+        <v>0.6562</v>
+      </c>
+      <c r="T13" s="13">
+        <v>0.6482</v>
+      </c>
+    </row>
+    <row r="14" spans="1:20">
       <c r="A14" s="12" t="s">
-        <v>9</v>
+        <v>10</v>
+      </c>
+      <c r="B14" s="13">
+        <v>0.6471</v>
+      </c>
+      <c r="C14" s="13">
+        <v>0.6299</v>
+      </c>
+      <c r="D14" s="13">
+        <v>0.6148</v>
+      </c>
+      <c r="E14" s="13">
+        <v>0.5985</v>
+      </c>
+      <c r="F14" s="13">
+        <v>0.5871</v>
+      </c>
+      <c r="G14" s="13">
+        <v>0.6156</v>
+      </c>
+      <c r="H14" s="13">
+        <v>0.6476</v>
+      </c>
+      <c r="I14" s="13">
+        <v>0.686</v>
+      </c>
+      <c r="J14" s="13">
+        <v>0.7235</v>
+      </c>
+      <c r="K14" s="13">
+        <v>0.7287</v>
+      </c>
+      <c r="L14" s="13">
+        <v>0.7365</v>
+      </c>
+      <c r="M14" s="13">
+        <v>0.7417</v>
+      </c>
+      <c r="N14" s="13">
+        <v>0.7399</v>
+      </c>
+      <c r="O14" s="13">
+        <v>0.74</v>
+      </c>
+      <c r="P14" s="13">
+        <v>0.733</v>
+      </c>
+      <c r="Q14" s="13">
+        <v>0.7344</v>
+      </c>
+      <c r="R14" s="13">
+        <v>0.74</v>
+      </c>
+      <c r="S14" s="13">
+        <v>0.7397</v>
+      </c>
+      <c r="T14" s="13">
+        <v>0.7437</v>
       </c>
     </row>
     <row r="15" spans="1:20">
-      <c r="A15" s="13" t="s">
-[...57 lines deleted...]
-        <v>#N/A</v>
+      <c r="A15" s="12" t="s">
+        <v>11</v>
+      </c>
+      <c r="B15" s="13">
+        <v>0.695</v>
+      </c>
+      <c r="C15" s="13">
+        <v>0.7029</v>
+      </c>
+      <c r="D15" s="13">
+        <v>0.7047</v>
+      </c>
+      <c r="E15" s="13">
+        <v>0.7108</v>
+      </c>
+      <c r="F15" s="13">
+        <v>0.7491</v>
+      </c>
+      <c r="G15" s="13">
+        <v>0.7538</v>
+      </c>
+      <c r="H15" s="13">
+        <v>0.7571</v>
+      </c>
+      <c r="I15" s="13">
+        <v>0.7624</v>
+      </c>
+      <c r="J15" s="13">
+        <v>0.7654</v>
+      </c>
+      <c r="K15" s="13">
+        <v>0.7701</v>
+      </c>
+      <c r="L15" s="13">
+        <v>0.7768</v>
+      </c>
+      <c r="M15" s="13">
+        <v>0.7804</v>
+      </c>
+      <c r="N15" s="13">
+        <v>0.7882</v>
+      </c>
+      <c r="O15" s="13">
+        <v>0.7913</v>
+      </c>
+      <c r="P15" s="13">
+        <v>0.7962</v>
+      </c>
+      <c r="Q15" s="13">
+        <v>0.7857</v>
+      </c>
+      <c r="R15" s="13">
+        <v>0.7692</v>
+      </c>
+      <c r="S15" s="13">
+        <v>0.7588</v>
+      </c>
+      <c r="T15" s="13">
+        <v>0.7442</v>
       </c>
     </row>
     <row r="16" spans="1:20">
-      <c r="A16" s="13" t="s">
-[...57 lines deleted...]
-        <v>#N/A</v>
+      <c r="A16" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="B16" s="13">
+        <v>0.5953</v>
+      </c>
+      <c r="C16" s="13">
+        <v>0.5966</v>
+      </c>
+      <c r="D16" s="13">
+        <v>0.5974</v>
+      </c>
+      <c r="E16" s="13">
+        <v>0.595</v>
+      </c>
+      <c r="F16" s="13">
+        <v>0.5937</v>
+      </c>
+      <c r="G16" s="13">
+        <v>0.5927</v>
+      </c>
+      <c r="H16" s="13">
+        <v>0.5839</v>
+      </c>
+      <c r="I16" s="13">
+        <v>0.5874</v>
+      </c>
+      <c r="J16" s="13">
+        <v>0.5877</v>
+      </c>
+      <c r="K16" s="13">
+        <v>0.5917</v>
+      </c>
+      <c r="L16" s="13">
+        <v>0.6022</v>
+      </c>
+      <c r="M16" s="13">
+        <v>0.6021</v>
+      </c>
+      <c r="N16" s="13">
+        <v>0.6065</v>
+      </c>
+      <c r="O16" s="13">
+        <v>0.6077</v>
+      </c>
+      <c r="P16" s="13">
+        <v>0.6077</v>
+      </c>
+      <c r="Q16" s="13">
+        <v>0.6095</v>
+      </c>
+      <c r="R16" s="13">
+        <v>0.6044</v>
+      </c>
+      <c r="S16" s="13">
+        <v>0.5924</v>
+      </c>
+      <c r="T16" s="13">
+        <v>0.576</v>
       </c>
     </row>
     <row r="17" spans="1:20">
-      <c r="A17" s="13" t="s">
-[...57 lines deleted...]
-        <v>#N/A</v>
+      <c r="A17" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="B17" s="13">
+        <v>0.8303</v>
+      </c>
+      <c r="C17" s="13">
+        <v>0.8264</v>
+      </c>
+      <c r="D17" s="13">
+        <v>0.817</v>
+      </c>
+      <c r="E17" s="13">
+        <v>0.8131</v>
+      </c>
+      <c r="F17" s="13">
+        <v>0.8091</v>
+      </c>
+      <c r="G17" s="13">
+        <v>0.8075</v>
+      </c>
+      <c r="H17" s="13">
+        <v>0.8016</v>
+      </c>
+      <c r="I17" s="13">
+        <v>0.7925</v>
+      </c>
+      <c r="J17" s="13">
+        <v>0.7867</v>
+      </c>
+      <c r="K17" s="13">
+        <v>0.7777</v>
+      </c>
+      <c r="L17" s="13">
+        <v>0.7767</v>
+      </c>
+      <c r="M17" s="13">
+        <v>0.7677</v>
+      </c>
+      <c r="N17" s="13">
+        <v>0.7561</v>
+      </c>
+      <c r="O17" s="13">
+        <v>0.7598</v>
+      </c>
+      <c r="P17" s="13">
+        <v>0.744</v>
+      </c>
+      <c r="Q17" s="13">
+        <v>0.7418</v>
+      </c>
+      <c r="R17" s="13">
+        <v>0.7485</v>
+      </c>
+      <c r="S17" s="13">
+        <v>0.7427</v>
+      </c>
+      <c r="T17" s="13">
+        <v>0.7588</v>
       </c>
     </row>
     <row r="18" spans="1:20">
-      <c r="A18" s="13" t="s">
-[...57 lines deleted...]
-        <v>#N/A</v>
+      <c r="A18" s="12" t="s">
+        <v>14</v>
+      </c>
+      <c r="B18" s="13">
+        <v>0.7831</v>
+      </c>
+      <c r="C18" s="13">
+        <v>0.7842</v>
+      </c>
+      <c r="D18" s="13">
+        <v>0.7817</v>
+      </c>
+      <c r="E18" s="13">
+        <v>0.7815</v>
+      </c>
+      <c r="F18" s="13">
+        <v>0.7598</v>
+      </c>
+      <c r="G18" s="13">
+        <v>0.7556</v>
+      </c>
+      <c r="H18" s="13">
+        <v>0.7562</v>
+      </c>
+      <c r="I18" s="13">
+        <v>0.7587</v>
+      </c>
+      <c r="J18" s="13">
+        <v>0.7866</v>
+      </c>
+      <c r="K18" s="13">
+        <v>0.7927</v>
+      </c>
+      <c r="L18" s="13">
+        <v>0.7894</v>
+      </c>
+      <c r="M18" s="13">
+        <v>0.7903</v>
+      </c>
+      <c r="N18" s="13">
+        <v>0.7431</v>
+      </c>
+      <c r="O18" s="13">
+        <v>0.753</v>
+      </c>
+      <c r="P18" s="13">
+        <v>0.755</v>
+      </c>
+      <c r="Q18" s="13">
+        <v>0.7556</v>
+      </c>
+      <c r="R18" s="13">
+        <v>0.8023</v>
+      </c>
+      <c r="S18" s="13">
+        <v>0.799</v>
+      </c>
+      <c r="T18" s="13">
+        <v>0.8032</v>
       </c>
     </row>
     <row r="19" spans="1:20">
-      <c r="A19" s="13" t="s">
-[...57 lines deleted...]
-        <v>#N/A</v>
+      <c r="A19" s="12" t="s">
+        <v>15</v>
+      </c>
+      <c r="B19" s="13">
+        <v>0.7718</v>
+      </c>
+      <c r="C19" s="13">
+        <v>0.766</v>
+      </c>
+      <c r="D19" s="13">
+        <v>0.7642</v>
+      </c>
+      <c r="E19" s="13">
+        <v>0.7632</v>
+      </c>
+      <c r="F19" s="13">
+        <v>0.7582</v>
+      </c>
+      <c r="G19" s="13">
+        <v>0.7525</v>
+      </c>
+      <c r="H19" s="13">
+        <v>0.7437</v>
+      </c>
+      <c r="I19" s="13">
+        <v>0.7317</v>
+      </c>
+      <c r="J19" s="13">
+        <v>0.7286</v>
+      </c>
+      <c r="K19" s="13">
+        <v>0.7296</v>
+      </c>
+      <c r="L19" s="13">
+        <v>0.7243</v>
+      </c>
+      <c r="M19" s="13">
+        <v>0.7063</v>
+      </c>
+      <c r="N19" s="13">
+        <v>0.7049</v>
+      </c>
+      <c r="O19" s="13">
+        <v>0.7041</v>
+      </c>
+      <c r="P19" s="13">
+        <v>0.7072</v>
+      </c>
+      <c r="Q19" s="13">
+        <v>0.7202</v>
+      </c>
+      <c r="R19" s="13">
+        <v>0.6795</v>
+      </c>
+      <c r="S19" s="13">
+        <v>0.6748</v>
+      </c>
+      <c r="T19" s="13">
+        <v>0.6699</v>
       </c>
     </row>
     <row r="20" spans="1:20">
-      <c r="A20" s="13" t="s">
-[...57 lines deleted...]
-        <v>#N/A</v>
+      <c r="A20" s="12" t="s">
+        <v>16</v>
+      </c>
+      <c r="B20" s="13">
+        <v>0.7339</v>
+      </c>
+      <c r="C20" s="13">
+        <v>0.7212</v>
+      </c>
+      <c r="D20" s="13">
+        <v>0.7228</v>
+      </c>
+      <c r="E20" s="13">
+        <v>0.7194</v>
+      </c>
+      <c r="F20" s="13">
+        <v>0.6773</v>
+      </c>
+      <c r="G20" s="13">
+        <v>0.5818</v>
+      </c>
+      <c r="H20" s="13">
+        <v>0.5809</v>
+      </c>
+      <c r="I20" s="13">
+        <v>0.581</v>
+      </c>
+      <c r="J20" s="13">
+        <v>0.6097</v>
+      </c>
+      <c r="K20" s="13">
+        <v>0.6961</v>
+      </c>
+      <c r="L20" s="13">
+        <v>0.6861</v>
+      </c>
+      <c r="M20" s="13">
+        <v>0.6577</v>
+      </c>
+      <c r="N20" s="13">
+        <v>0.6553</v>
+      </c>
+      <c r="O20" s="13">
+        <v>0.6218</v>
+      </c>
+      <c r="P20" s="13">
+        <v>0.6035</v>
+      </c>
+      <c r="Q20" s="13">
+        <v>0.6208</v>
+      </c>
+      <c r="R20" s="13">
+        <v>0.6528</v>
+      </c>
+      <c r="S20" s="13">
+        <v>0.7096</v>
+      </c>
+      <c r="T20" s="13">
+        <v>0.7646</v>
       </c>
     </row>
     <row r="21" spans="1:20">
-      <c r="A21" s="13" t="s">
-[...57 lines deleted...]
-        <v>#N/A</v>
+      <c r="A21" s="12" t="s">
+        <v>17</v>
+      </c>
+      <c r="B21" s="13">
+        <v>0.8539</v>
+      </c>
+      <c r="C21" s="13">
+        <v>0.8557</v>
+      </c>
+      <c r="D21" s="13">
+        <v>0.8579</v>
+      </c>
+      <c r="E21" s="13">
+        <v>0.8613</v>
+      </c>
+      <c r="F21" s="13">
+        <v>0.8612</v>
+      </c>
+      <c r="G21" s="13">
+        <v>0.8616</v>
+      </c>
+      <c r="H21" s="13">
+        <v>0.8632</v>
+      </c>
+      <c r="I21" s="13">
+        <v>0.8616</v>
+      </c>
+      <c r="J21" s="13">
+        <v>0.8596</v>
+      </c>
+      <c r="K21" s="13">
+        <v>0.8642</v>
+      </c>
+      <c r="L21" s="13">
+        <v>0.8696</v>
+      </c>
+      <c r="M21" s="13">
+        <v>0.8718</v>
+      </c>
+      <c r="N21" s="13">
+        <v>0.8539</v>
+      </c>
+      <c r="O21" s="13">
+        <v>0.8497</v>
+      </c>
+      <c r="P21" s="13">
+        <v>0.8465</v>
+      </c>
+      <c r="Q21" s="13">
+        <v>0.0</v>
+      </c>
+      <c r="R21" s="13">
+        <v>0.0</v>
+      </c>
+      <c r="S21" s="13">
+        <v>0.0</v>
+      </c>
+      <c r="T21" s="13">
+        <v>0.0</v>
       </c>
     </row>
     <row r="22" spans="1:20">
-      <c r="A22" s="13" t="s">
-[...57 lines deleted...]
-        <v>#N/A</v>
+      <c r="A22" s="12" t="s">
+        <v>18</v>
+      </c>
+      <c r="B22" s="13">
+        <v>0.4127</v>
+      </c>
+      <c r="C22" s="13">
+        <v>0.4118</v>
+      </c>
+      <c r="D22" s="13">
+        <v>0.4134</v>
+      </c>
+      <c r="E22" s="13">
+        <v>0.4128</v>
+      </c>
+      <c r="F22" s="13">
+        <v>0.4077</v>
+      </c>
+      <c r="G22" s="13">
+        <v>0.4076</v>
+      </c>
+      <c r="H22" s="13">
+        <v>0.404</v>
+      </c>
+      <c r="I22" s="13">
+        <v>0.399</v>
+      </c>
+      <c r="J22" s="13">
+        <v>0.3987</v>
+      </c>
+      <c r="K22" s="13">
+        <v>0.3975</v>
+      </c>
+      <c r="L22" s="13">
+        <v>0.4028</v>
+      </c>
+      <c r="M22" s="13">
+        <v>0.4224</v>
+      </c>
+      <c r="N22" s="13">
+        <v>0.4442</v>
+      </c>
+      <c r="O22" s="13">
+        <v>0.4663</v>
+      </c>
+      <c r="P22" s="13">
+        <v>0.4837</v>
+      </c>
+      <c r="Q22" s="13">
+        <v>0.5008</v>
+      </c>
+      <c r="R22" s="13">
+        <v>0.5105</v>
+      </c>
+      <c r="S22" s="13">
+        <v>0.5129</v>
+      </c>
+      <c r="T22" s="13">
+        <v>0.5147</v>
       </c>
     </row>
     <row r="23" spans="1:20">
-      <c r="A23" s="13" t="s">
-[...57 lines deleted...]
-        <v>#N/A</v>
+      <c r="A23" s="12" t="s">
+        <v>19</v>
+      </c>
+      <c r="B23" s="13">
+        <v>0.8628</v>
+      </c>
+      <c r="C23" s="13">
+        <v>0.8611</v>
+      </c>
+      <c r="D23" s="13">
+        <v>0.8603</v>
+      </c>
+      <c r="E23" s="13">
+        <v>0.8611</v>
+      </c>
+      <c r="F23" s="13">
+        <v>0.8612</v>
+      </c>
+      <c r="G23" s="13">
+        <v>0.8645</v>
+      </c>
+      <c r="H23" s="13">
+        <v>0.8686</v>
+      </c>
+      <c r="I23" s="13">
+        <v>0.8721</v>
+      </c>
+      <c r="J23" s="13">
+        <v>0.878</v>
+      </c>
+      <c r="K23" s="13">
+        <v>0.8792</v>
+      </c>
+      <c r="L23" s="13">
+        <v>0.8804</v>
+      </c>
+      <c r="M23" s="13">
+        <v>0.879</v>
+      </c>
+      <c r="N23" s="13">
+        <v>0.88</v>
+      </c>
+      <c r="O23" s="13">
+        <v>0.8813</v>
+      </c>
+      <c r="P23" s="13">
+        <v>0.8795</v>
+      </c>
+      <c r="Q23" s="13">
+        <v>0.8806</v>
+      </c>
+      <c r="R23" s="13">
+        <v>0.8794</v>
+      </c>
+      <c r="S23" s="13">
+        <v>0.8789</v>
+      </c>
+      <c r="T23" s="13">
+        <v>0.8806</v>
       </c>
     </row>
     <row r="24" spans="1:20">
-      <c r="A24" s="13" t="s">
-[...61 lines deleted...]
-      <c r="A25" s="13" t="s">
+      <c r="A24" s="14" t="s">
         <v>20</v>
       </c>
-      <c r="B25" s="14" t="e">
-[...79 lines deleted...]
-      <c r="T26" s="15"/>
+      <c r="B24" s="14"/>
+      <c r="C24" s="14"/>
+      <c r="D24" s="14"/>
+      <c r="E24" s="14"/>
+      <c r="F24" s="14"/>
+      <c r="G24" s="14"/>
+      <c r="H24" s="14"/>
+      <c r="I24" s="14"/>
+      <c r="J24" s="14"/>
+      <c r="K24" s="14"/>
+      <c r="L24" s="14"/>
+      <c r="M24" s="14"/>
+      <c r="N24" s="14"/>
+      <c r="O24" s="14"/>
+      <c r="P24" s="14"/>
+      <c r="Q24" s="14"/>
+      <c r="R24" s="14"/>
+      <c r="S24" s="14"/>
+      <c r="T24" s="14"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">