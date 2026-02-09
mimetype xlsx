--- v0 (2026-02-07)
+++ v1 (2026-02-09)
@@ -961,60 +961,60 @@
       <c r="D15" s="13">
         <v>305.0</v>
       </c>
       <c r="E15" s="13">
         <v>278.0</v>
       </c>
       <c r="F15" s="13">
         <v>291.0</v>
       </c>
       <c r="G15" s="13">
         <v>330.0</v>
       </c>
       <c r="H15" s="13">
         <v>316.0</v>
       </c>
       <c r="I15" s="13">
         <v>237.0</v>
       </c>
       <c r="J15" s="13">
         <v>259.0</v>
       </c>
       <c r="K15" s="13">
         <v>306.0</v>
       </c>
       <c r="L15" s="13">
-        <v>317.0</v>
+        <v>0.0</v>
       </c>
       <c r="M15" s="13">
-        <v>305.0</v>
+        <v>0.0</v>
       </c>
       <c r="N15" s="13">
-        <v>330.0</v>
+        <v>0.0</v>
       </c>
       <c r="O15" s="13">
-        <v>349.0</v>
+        <v>0.0</v>
       </c>
       <c r="P15" s="13">
         <v>0.0</v>
       </c>
       <c r="Q15" s="13">
         <v>0.0</v>
       </c>
       <c r="R15" s="13">
         <v>0.0</v>
       </c>
       <c r="S15" s="13">
         <v>0.0</v>
       </c>
     </row>
     <row r="16" spans="1:19">
       <c r="A16" s="14" t="s">
         <v>12</v>
       </c>
       <c r="B16" s="14"/>
       <c r="C16" s="14"/>
       <c r="D16" s="14"/>
       <c r="E16" s="14"/>
       <c r="F16" s="14"/>
       <c r="G16" s="14"/>
       <c r="H16" s="14"/>